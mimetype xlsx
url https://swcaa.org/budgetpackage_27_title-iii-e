--- v0 (2026-02-26)
+++ v1 (2026-03-18)
@@ -1,75 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://swcaa.sharepoint.com/sites/Grants/Shared Documents/General/APPLICATION MATERIALS/2027 APPLICATION/Documents for SWCAA Website/Budget Templates FY27/Budget Templates/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="155" documentId="8_{B01D249B-F7C3-406A-BAE7-37FBBC539494}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{56108317-5AF0-476B-8E1D-1E140AD97E3B}"/>
+  <xr:revisionPtr revIDLastSave="176" documentId="8_{B01D249B-F7C3-406A-BAE7-37FBBC539494}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DEE1491A-DCAC-4D53-9BEC-C18663E0E0B3}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="1" xr2:uid="{9364EBBA-D0C7-479D-84D8-C55D26D3126A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="6" xr2:uid="{9364EBBA-D0C7-479D-84D8-C55D26D3126A}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="3" r:id="rId1"/>
     <sheet name="Personnel" sheetId="1" r:id="rId2"/>
     <sheet name="Narrative" sheetId="2" r:id="rId3"/>
     <sheet name=" Rent 2 " sheetId="15" r:id="rId4"/>
     <sheet name="Expenses" sheetId="4" r:id="rId5"/>
     <sheet name="Summary" sheetId="6" r:id="rId6"/>
     <sheet name="Units &amp; Match" sheetId="21" r:id="rId7"/>
     <sheet name="FOR SWCAA USE" sheetId="20" state="hidden" r:id="rId8"/>
     <sheet name="Drop Down Box Lists " sheetId="17" state="hidden" r:id="rId9"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId10"/>
   </externalReferences>
   <definedNames>
     <definedName name="fundtype" localSheetId="8">'Drop Down Box Lists '!$A$2:$A$2</definedName>
     <definedName name="fundtype">'[1]Drop Down Box Lists'!$A$3:$A$7</definedName>
     <definedName name="Inkind" localSheetId="8">'Drop Down Box Lists '!#REF!</definedName>
     <definedName name="Inkind">'[1]Drop Down Box Lists'!#REF!</definedName>
     <definedName name="MIS" localSheetId="8">'Drop Down Box Lists '!$A$3:$A$58</definedName>
     <definedName name="MIS">'[1]Drop Down Box Lists'!$A$10:$A$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">' Rent 2 '!$A$1:$C$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Instructions!$A$1:$I$13</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">Narrative!$A$1:$B$47</definedName>
@@ -1528,51 +1529,51 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="180">
+  <cellXfs count="181">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
@@ -1706,107 +1707,89 @@
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
@@ -1910,165 +1893,184 @@
     <xf numFmtId="44" fontId="3" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="3" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="166" fontId="2" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="9" fontId="0" fillId="0" borderId="20" xfId="2" applyFont="1" applyBorder="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...15 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="20" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1">
-[...25 lines deleted...]
-    </xf>
+    <xf numFmtId="166" fontId="10" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Arial"/>
         <family val="2"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
@@ -2270,86 +2272,90 @@
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="0" xr9:uid="{E82D6422-B1A4-48E4-A3F7-7194BE77C046}"/>
   </tableStyles>
   <colors>
     <mruColors>
       <color rgb="FF00FF99"/>
       <color rgb="FFFF5050"/>
       <color rgb="FFFF6699"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://d.docs.live.net/1bb95d8075528094/Documents/Florida/Budget%20Title%20III%20FY%202022v2.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Schedule A"/>
       <sheetName val="Instructions"/>
       <sheetName val="Personnel Allocation - Step 1"/>
       <sheetName val="Schedule A1"/>
       <sheetName val="Project Costs - Step 2 (2 pgs)"/>
       <sheetName val="Schedule B"/>
       <sheetName val="Application Budget - Step 3"/>
       <sheetName val="Cert NonFed Match - Step 4"/>
       <sheetName val="Comparison"/>
       <sheetName val="Drop Down Box Lists"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{4E0CA082-4759-4827-8628-FA0ABE67FBA2}" name="Table1" displayName="Table1" ref="A1:H52" totalsRowShown="0" headerRowDxfId="11" dataDxfId="10">
   <autoFilter ref="A1:H52" xr:uid="{8C8F9D43-C980-4689-978B-24459316C8B0}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{A25F38D8-0E98-4C47-ABE0-1BA72F9BC9C6}" name="Employee Title " dataDxfId="9"/>
     <tableColumn id="2" xr3:uid="{A4FBF756-1CA9-4857-AE66-837465925DEC}" name="# of Employees" dataDxfId="8"/>
     <tableColumn id="3" xr3:uid="{2AA69839-0DF9-4B95-AA2B-D80260FC3485}" name="# hours/week dedicated to project" dataDxfId="7"/>
     <tableColumn id="8" xr3:uid="{9AE21FCF-2BC2-4AE7-B3B6-E4190D3A191B}" name="# of weeks worked (52 if all year)"/>
     <tableColumn id="4" xr3:uid="{6A4EE692-BDBF-4C1F-BCF6-9D4C65C96EA6}" name="Hourly Wage" dataDxfId="6" dataCellStyle="Currency"/>
     <tableColumn id="5" xr3:uid="{70064BA6-8A6C-4BD9-9A29-36EF9D9E0549}" name="Total" dataDxfId="5" dataCellStyle="Currency"/>
     <tableColumn id="6" xr3:uid="{396E0EAA-6AE5-4332-ABAE-974A936C51BD}" name="Full = FT   or PT" dataDxfId="4"/>
     <tableColumn id="7" xr3:uid="{89E9C207-8D04-4702-8180-A675A9016251}" name="Column1" dataDxfId="3"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{D604C129-3C46-4339-83C4-674CF229EB71}" name="Table2" displayName="Table2" ref="A1:D47" totalsRowShown="0">
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{64CA91DC-8C2F-4658-987F-210339A0B425}" name="Title">
       <calculatedColumnFormula>Personnel!A2</calculatedColumnFormula>
     </tableColumn>
@@ -2680,3815 +2686,3835 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5210A1D-5379-4CD3-9C89-35F22113AE75}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I41"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="76" zoomScaleNormal="100" zoomScalePageLayoutView="76" workbookViewId="0">
       <selection activeCell="O2" sqref="O2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="9" max="9" width="17.453125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="142.5" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="A2" s="150" t="s">
+    <row r="1" spans="1:9" ht="142.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="143" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+    </row>
+    <row r="2" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="143" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="150"/>
-[...9 lines deleted...]
-      <c r="A3" s="150" t="s">
+      <c r="B2" s="143"/>
+      <c r="C2" s="143"/>
+      <c r="D2" s="143"/>
+      <c r="E2" s="143"/>
+      <c r="F2" s="143"/>
+      <c r="G2" s="143"/>
+      <c r="H2" s="143"/>
+      <c r="I2" s="143"/>
+    </row>
+    <row r="3" spans="1:9" ht="75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="143" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="150"/>
-[...9 lines deleted...]
-      <c r="A4" s="148" t="s">
+      <c r="B3" s="143"/>
+      <c r="C3" s="143"/>
+      <c r="D3" s="143"/>
+      <c r="E3" s="143"/>
+      <c r="F3" s="143"/>
+      <c r="G3" s="143"/>
+      <c r="H3" s="143"/>
+      <c r="I3" s="143"/>
+    </row>
+    <row r="4" spans="1:9" ht="90" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="141" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="148"/>
-[...9 lines deleted...]
-      <c r="A5" s="149" t="s">
+      <c r="B4" s="141"/>
+      <c r="C4" s="141"/>
+      <c r="D4" s="141"/>
+      <c r="E4" s="141"/>
+      <c r="F4" s="141"/>
+      <c r="G4" s="141"/>
+      <c r="H4" s="141"/>
+      <c r="I4" s="141"/>
+    </row>
+    <row r="5" spans="1:9" ht="110.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="142" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="148"/>
-[...9 lines deleted...]
-      <c r="A6" s="149" t="s">
+      <c r="B5" s="141"/>
+      <c r="C5" s="141"/>
+      <c r="D5" s="141"/>
+      <c r="E5" s="141"/>
+      <c r="F5" s="141"/>
+      <c r="G5" s="141"/>
+      <c r="H5" s="141"/>
+      <c r="I5" s="141"/>
+    </row>
+    <row r="6" spans="1:9" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="142" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="148"/>
-[...9 lines deleted...]
-      <c r="A7" s="147" t="s">
+      <c r="B6" s="141"/>
+      <c r="C6" s="141"/>
+      <c r="D6" s="141"/>
+      <c r="E6" s="141"/>
+      <c r="F6" s="141"/>
+      <c r="G6" s="141"/>
+      <c r="H6" s="141"/>
+      <c r="I6" s="141"/>
+    </row>
+    <row r="7" spans="1:9" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="140" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="148"/>
-[...8 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="B7" s="141"/>
+      <c r="C7" s="141"/>
+      <c r="D7" s="141"/>
+      <c r="E7" s="141"/>
+      <c r="F7" s="141"/>
+      <c r="G7" s="141"/>
+      <c r="H7" s="141"/>
+      <c r="I7" s="141"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="8"/>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A9" s="8"/>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="8"/>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" s="8"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" s="8"/>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" s="8"/>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="8"/>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="8"/>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" s="8"/>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="8"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="8"/>
       <c r="B18" s="8"/>
       <c r="C18" s="8"/>
       <c r="D18" s="8"/>
       <c r="E18" s="8"/>
       <c r="F18" s="8"/>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="8"/>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="8"/>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="8"/>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="I21" s="8"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="8"/>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="8"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="8"/>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="8"/>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="8"/>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="8"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
       <c r="I28" s="8"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="8"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="8"/>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
       <c r="I30" s="8"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="8"/>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="8"/>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
       <c r="I31" s="8"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="8"/>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="8"/>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
       <c r="I32" s="8"/>
     </row>
-    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="8"/>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="8"/>
       <c r="B34" s="8"/>
       <c r="C34" s="8"/>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="8"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="8"/>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
       <c r="I35" s="8"/>
     </row>
-    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="8"/>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
       <c r="I36" s="8"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="8"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
     </row>
-    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="8"/>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="8"/>
     </row>
-    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="8"/>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
     </row>
-    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="8"/>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
       <c r="I40" s="8"/>
     </row>
-    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="8"/>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
       <c r="I41" s="8"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="z72Rqhyslrx7/j18tF3MlL8ixmgN5j5IAGrWvSWdaa6OwvrMqSMMwcFqRf8iXrGfYPIh+raqt8KwkMPVHYGU5w==" saltValue="U09S3upxAApX/r8tDdiuew==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="7">
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;12BUDGET INSTRUCTIONS TITLE III E
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64C97DD4-A602-4995-8C1F-F0A224F4B639}">
   <dimension ref="A1:H78"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="116" zoomScaleNormal="120" zoomScalePageLayoutView="116" workbookViewId="0">
+    <sheetView view="pageLayout" zoomScale="116" zoomScaleNormal="120" zoomScalePageLayoutView="116" workbookViewId="0">
       <selection activeCell="K10" sqref="K10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="26.54296875" style="19" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="11.26953125" style="22" customWidth="1"/>
+    <col min="1" max="1" width="26.5703125" style="19" customWidth="1"/>
+    <col min="2" max="2" width="9.7109375" style="20" customWidth="1"/>
+    <col min="3" max="3" width="11.28515625" style="22" customWidth="1"/>
     <col min="4" max="4" width="12" style="22" customWidth="1"/>
-    <col min="5" max="5" width="10.54296875" style="3" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="3"/>
+    <col min="5" max="5" width="10.5703125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="18.85546875" style="3" customWidth="1"/>
+    <col min="7" max="7" width="9.7109375" style="22" customWidth="1"/>
+    <col min="8" max="8" width="9.140625" style="3" hidden="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="4" customFormat="1" ht="46.5" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" s="4" customFormat="1" ht="48" x14ac:dyDescent="0.2">
       <c r="A1" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="98" t="s">
+      <c r="B1" s="92" t="s">
         <v>8</v>
       </c>
-      <c r="C1" s="99" t="s">
+      <c r="C1" s="93" t="s">
         <v>9</v>
       </c>
       <c r="D1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E1" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F1" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G1" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H1" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D2" s="88"/>
+    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="80"/>
+      <c r="B2" s="81"/>
+      <c r="C2" s="82"/>
+      <c r="D2" s="82"/>
       <c r="E2" s="57"/>
       <c r="F2" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G2" s="33"/>
       <c r="H2" s="33"/>
     </row>
-    <row r="3" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="86"/>
+    <row r="3" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="80"/>
       <c r="B3" s="58"/>
-      <c r="C3" s="89"/>
-[...1 lines deleted...]
-      <c r="E3" s="97"/>
+      <c r="C3" s="83"/>
+      <c r="D3" s="83"/>
+      <c r="E3" s="91"/>
       <c r="F3" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G3" s="33"/>
       <c r="H3" s="33"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="86"/>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A4" s="80"/>
       <c r="B4" s="58"/>
       <c r="C4" s="59"/>
       <c r="D4" s="59"/>
       <c r="E4" s="57"/>
       <c r="F4" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G4" s="42"/>
       <c r="H4" s="29" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" s="34"/>
       <c r="B5" s="58"/>
       <c r="C5" s="59"/>
       <c r="D5" s="59"/>
       <c r="E5" s="57"/>
       <c r="F5" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G5" s="42"/>
       <c r="H5" s="29" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="34"/>
       <c r="B6" s="58"/>
       <c r="C6" s="59"/>
       <c r="D6" s="59"/>
       <c r="E6" s="57"/>
       <c r="F6" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G6" s="42"/>
       <c r="H6" s="29"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A7" s="34"/>
       <c r="B7" s="58"/>
       <c r="C7" s="59"/>
       <c r="D7" s="59"/>
       <c r="E7" s="60"/>
       <c r="F7" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G7" s="42"/>
       <c r="H7" s="29"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" s="36"/>
       <c r="B8" s="58"/>
       <c r="C8" s="59"/>
       <c r="D8" s="59"/>
       <c r="E8" s="60"/>
       <c r="F8" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G8" s="42"/>
       <c r="H8" s="29"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A9" s="36"/>
       <c r="B9" s="58"/>
       <c r="C9" s="59"/>
       <c r="D9" s="59"/>
       <c r="E9" s="60"/>
       <c r="F9" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G9" s="42"/>
       <c r="H9" s="29"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" s="36"/>
       <c r="B10" s="58"/>
       <c r="C10" s="59"/>
       <c r="D10" s="59"/>
       <c r="E10" s="60"/>
       <c r="F10" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G10" s="42"/>
       <c r="H10" s="29"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A11" s="36"/>
       <c r="B11" s="58"/>
       <c r="C11" s="59"/>
       <c r="D11" s="59"/>
       <c r="E11" s="60"/>
       <c r="F11" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G11" s="42"/>
       <c r="H11" s="29"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" s="36"/>
       <c r="B12" s="58"/>
       <c r="C12" s="59"/>
       <c r="D12" s="59"/>
       <c r="E12" s="60"/>
       <c r="F12" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G12" s="42"/>
       <c r="H12" s="29"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A13" s="36"/>
       <c r="B13" s="58"/>
       <c r="C13" s="59"/>
       <c r="D13" s="59"/>
       <c r="E13" s="60"/>
       <c r="F13" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G13" s="42"/>
       <c r="H13" s="29"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" s="36"/>
       <c r="B14" s="58"/>
       <c r="C14" s="59"/>
       <c r="D14" s="59"/>
       <c r="E14" s="60"/>
       <c r="F14" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G14" s="42"/>
       <c r="H14" s="29"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" s="34"/>
       <c r="B15" s="58"/>
       <c r="C15" s="59"/>
       <c r="D15" s="59"/>
       <c r="E15" s="60"/>
       <c r="F15" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G15" s="42"/>
       <c r="H15" s="29"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="36"/>
       <c r="B16" s="58"/>
       <c r="C16" s="59"/>
       <c r="D16" s="59"/>
       <c r="E16" s="60"/>
       <c r="F16" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G16" s="42"/>
       <c r="H16" s="29"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A17" s="34"/>
       <c r="B17" s="58"/>
       <c r="C17" s="59"/>
       <c r="D17" s="59"/>
       <c r="E17" s="60"/>
       <c r="F17" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G17" s="42"/>
       <c r="H17" s="29"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A18" s="34"/>
       <c r="B18" s="58"/>
       <c r="C18" s="59"/>
       <c r="D18" s="59"/>
       <c r="E18" s="60"/>
       <c r="F18" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G18" s="42"/>
       <c r="H18" s="29"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A19" s="36"/>
       <c r="B19" s="58"/>
       <c r="C19" s="59"/>
       <c r="D19" s="59"/>
       <c r="E19" s="60"/>
       <c r="F19" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G19" s="42"/>
       <c r="H19" s="29"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A20" s="36"/>
       <c r="B20" s="58"/>
       <c r="C20" s="59"/>
       <c r="D20" s="59"/>
       <c r="E20" s="60"/>
       <c r="F20" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G20" s="42"/>
       <c r="H20" s="29"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A21" s="36"/>
       <c r="B21" s="58"/>
       <c r="C21" s="59"/>
       <c r="D21" s="59"/>
       <c r="E21" s="60"/>
       <c r="F21" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G21" s="42"/>
       <c r="H21" s="29"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A22" s="36"/>
       <c r="B22" s="58"/>
       <c r="C22" s="59"/>
       <c r="D22" s="59"/>
       <c r="E22" s="60"/>
       <c r="F22" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G22" s="42"/>
       <c r="H22" s="29"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A23" s="36"/>
       <c r="B23" s="58"/>
       <c r="C23" s="59"/>
       <c r="D23" s="59"/>
       <c r="E23" s="60"/>
       <c r="F23" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G23" s="42"/>
       <c r="H23" s="29"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A24" s="36"/>
       <c r="B24" s="58"/>
       <c r="C24" s="59"/>
       <c r="D24" s="59"/>
       <c r="E24" s="60"/>
       <c r="F24" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G24" s="42"/>
       <c r="H24" s="29"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A25" s="36"/>
       <c r="B25" s="58"/>
       <c r="C25" s="59"/>
       <c r="D25" s="59"/>
       <c r="E25" s="60"/>
       <c r="F25" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G25" s="42"/>
       <c r="H25" s="29"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A26" s="36"/>
       <c r="B26" s="58"/>
       <c r="C26" s="59"/>
       <c r="D26" s="59"/>
       <c r="E26" s="60"/>
       <c r="F26" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G26" s="42"/>
       <c r="H26" s="29"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A27" s="36"/>
       <c r="B27" s="58"/>
       <c r="C27" s="59"/>
       <c r="D27" s="59"/>
       <c r="E27" s="60"/>
       <c r="F27" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G27" s="42"/>
       <c r="H27" s="29"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A28" s="36"/>
       <c r="B28" s="58"/>
       <c r="C28" s="59"/>
       <c r="D28" s="59"/>
       <c r="E28" s="60"/>
       <c r="F28" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G28" s="42"/>
       <c r="H28" s="29"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A29" s="36"/>
       <c r="B29" s="58"/>
       <c r="C29" s="59"/>
       <c r="D29" s="59"/>
       <c r="E29" s="60"/>
       <c r="F29" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G29" s="42"/>
       <c r="H29" s="29"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A30" s="36"/>
       <c r="B30" s="58"/>
       <c r="C30" s="59"/>
       <c r="D30" s="59"/>
       <c r="E30" s="60"/>
       <c r="F30" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G30" s="42"/>
       <c r="H30" s="29"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A31" s="36"/>
       <c r="B31" s="58"/>
       <c r="C31" s="59"/>
       <c r="D31" s="59"/>
       <c r="E31" s="60"/>
       <c r="F31" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G31" s="42"/>
       <c r="H31" s="29"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A32" s="36"/>
       <c r="B32" s="58"/>
       <c r="C32" s="59"/>
       <c r="D32" s="59"/>
       <c r="E32" s="60"/>
       <c r="F32" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G32" s="42"/>
       <c r="H32" s="29"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A33" s="36"/>
       <c r="B33" s="58"/>
       <c r="C33" s="59"/>
       <c r="D33" s="59"/>
       <c r="E33" s="60"/>
       <c r="F33" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G33" s="42"/>
       <c r="H33" s="29"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A34" s="36"/>
       <c r="B34" s="58"/>
       <c r="C34" s="59"/>
       <c r="D34" s="59"/>
       <c r="E34" s="60"/>
       <c r="F34" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G34" s="42"/>
       <c r="H34" s="29"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A35" s="36"/>
       <c r="B35" s="58"/>
       <c r="C35" s="59"/>
       <c r="D35" s="59"/>
       <c r="E35" s="60"/>
       <c r="F35" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G35" s="42"/>
       <c r="H35" s="29"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A36" s="36"/>
       <c r="B36" s="58"/>
       <c r="C36" s="59"/>
       <c r="D36" s="59"/>
       <c r="E36" s="60"/>
       <c r="F36" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G36" s="42"/>
       <c r="H36" s="29"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A37" s="36"/>
       <c r="B37" s="58"/>
       <c r="C37" s="59"/>
       <c r="D37" s="59"/>
       <c r="E37" s="60"/>
       <c r="F37" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G37" s="42"/>
       <c r="H37" s="29"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A38" s="36"/>
       <c r="B38" s="58"/>
       <c r="C38" s="59"/>
       <c r="D38" s="59"/>
       <c r="E38" s="60"/>
       <c r="F38" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G38" s="42"/>
       <c r="H38" s="29"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A39" s="36"/>
       <c r="B39" s="58"/>
       <c r="C39" s="59"/>
       <c r="D39" s="59"/>
       <c r="E39" s="60"/>
       <c r="F39" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G39" s="42"/>
       <c r="H39" s="29"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A40" s="36"/>
       <c r="B40" s="58"/>
       <c r="C40" s="59"/>
       <c r="D40" s="59"/>
       <c r="E40" s="60"/>
       <c r="F40" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G40" s="42"/>
       <c r="H40" s="29"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A41" s="36"/>
       <c r="B41" s="58"/>
       <c r="C41" s="59"/>
       <c r="D41" s="59"/>
       <c r="E41" s="60"/>
       <c r="F41" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G41" s="42"/>
       <c r="H41" s="29"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A42" s="36"/>
       <c r="B42" s="58"/>
       <c r="C42" s="59"/>
       <c r="D42" s="59"/>
       <c r="E42" s="60"/>
       <c r="F42" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G42" s="42"/>
       <c r="H42" s="29"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A43" s="36"/>
       <c r="B43" s="58"/>
       <c r="C43" s="59"/>
       <c r="D43" s="59"/>
       <c r="E43" s="60"/>
       <c r="F43" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G43" s="42"/>
       <c r="H43" s="29"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A44" s="36"/>
       <c r="B44" s="58"/>
       <c r="C44" s="59"/>
       <c r="D44" s="59"/>
       <c r="E44" s="60"/>
       <c r="F44" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G44" s="42"/>
       <c r="H44" s="29"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A45" s="36"/>
       <c r="B45" s="58"/>
       <c r="C45" s="59"/>
       <c r="D45" s="59"/>
       <c r="E45" s="60"/>
       <c r="F45" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G45" s="42"/>
       <c r="H45" s="29"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A46" s="36"/>
       <c r="B46" s="58"/>
       <c r="C46" s="59"/>
       <c r="D46" s="59"/>
       <c r="E46" s="60"/>
       <c r="F46" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G46" s="42"/>
       <c r="H46" s="29"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A47" s="36"/>
       <c r="B47" s="58"/>
       <c r="C47" s="59"/>
       <c r="D47" s="59"/>
       <c r="E47" s="60"/>
       <c r="F47" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G47" s="42"/>
       <c r="H47" s="29"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A48" s="36"/>
       <c r="B48" s="58"/>
       <c r="C48" s="59"/>
       <c r="D48" s="59"/>
       <c r="E48" s="60"/>
       <c r="F48" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G48" s="42"/>
       <c r="H48" s="29"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A49" s="36"/>
       <c r="B49" s="58"/>
       <c r="C49" s="59"/>
       <c r="D49" s="59"/>
       <c r="E49" s="60"/>
       <c r="F49" s="61">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],['# of weeks worked (52 if all year)]]</f>
         <v>0</v>
       </c>
       <c r="G49" s="42"/>
       <c r="H49" s="29"/>
     </row>
-    <row r="50" spans="1:8" s="10" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:8" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="37" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="38"/>
       <c r="C50" s="39"/>
       <c r="D50" s="39"/>
       <c r="E50" s="40"/>
       <c r="F50" s="62"/>
       <c r="G50" s="21"/>
       <c r="H50"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A51" s="34" t="s">
         <v>18</v>
       </c>
       <c r="B51" s="41"/>
       <c r="C51" s="42"/>
       <c r="D51" s="42"/>
       <c r="E51" s="43"/>
       <c r="F51" s="63">
         <f>SUMIF(G2:G50,"FT",F2:F50)</f>
         <v>0</v>
       </c>
       <c r="H51"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A52" s="34" t="s">
         <v>19</v>
       </c>
       <c r="B52" s="41"/>
       <c r="C52" s="42"/>
       <c r="D52" s="42"/>
       <c r="E52" s="43"/>
       <c r="F52" s="63">
         <f>SUMIF(G2:G50,"PT",F2:F50)</f>
         <v>0</v>
       </c>
       <c r="H52"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A53" s="36"/>
       <c r="B53" s="41"/>
       <c r="C53" s="42"/>
       <c r="D53" s="42"/>
       <c r="E53" s="35"/>
       <c r="F53" s="5"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E54" s="5"/>
       <c r="F54" s="5"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E56" s="5"/>
       <c r="F56" s="5"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E57" s="5"/>
       <c r="F57" s="5"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E58" s="5"/>
       <c r="F58" s="5"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E59" s="5"/>
       <c r="F59" s="5"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E60" s="5"/>
       <c r="F60" s="5"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E61" s="5"/>
       <c r="F61" s="5"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E62" s="5"/>
       <c r="F62" s="5"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E63" s="5"/>
       <c r="F63" s="5"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E64" s="5"/>
       <c r="F64" s="5"/>
     </row>
-    <row r="65" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="65" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
     </row>
-    <row r="66" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="66" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E66" s="5"/>
       <c r="F66" s="5"/>
     </row>
-    <row r="67" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="67" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E67" s="5"/>
       <c r="F67" s="5"/>
     </row>
-    <row r="68" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="68" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E68" s="5"/>
       <c r="F68" s="5"/>
     </row>
-    <row r="69" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="69" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E69" s="5"/>
       <c r="F69" s="5"/>
     </row>
-    <row r="70" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="70" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E70" s="5"/>
       <c r="F70" s="5"/>
     </row>
-    <row r="71" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="71" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E71" s="5"/>
       <c r="F71" s="5"/>
     </row>
-    <row r="72" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="72" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E72" s="5"/>
       <c r="F72" s="5"/>
     </row>
-    <row r="73" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="73" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E73" s="5"/>
       <c r="F73" s="5"/>
     </row>
-    <row r="74" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="74" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E74" s="5"/>
       <c r="F74" s="5"/>
     </row>
-    <row r="75" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="75" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E75" s="5"/>
       <c r="F75" s="5"/>
     </row>
-    <row r="76" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="76" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E76" s="5"/>
       <c r="F76" s="5"/>
     </row>
-    <row r="77" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="77" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E77" s="5"/>
       <c r="F77" s="5"/>
     </row>
-    <row r="78" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="78" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E78" s="5"/>
       <c r="F78" s="5"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="VnlkDOtVA5Vh1ke/Yg+NB+UUWHTvH0VEb5lIfeitZfbkqoyK3M3ARGkuVRWMYxV1IUPEjoe8prY9CE2z/CZaSg==" saltValue="CdY/kic44sSgwEwo9JwhHg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G2:G49 G52" xr:uid="{2DF379D8-E3C9-41EB-AF47-7D953801BB16}">
       <formula1>$H$3:$H$5</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;A</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D784C4CB-D267-4040-B757-533211219DCC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="O2" sqref="O2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="27.81640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="18.1796875" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="27.85546875" customWidth="1"/>
+    <col min="2" max="2" width="55.85546875" style="7" customWidth="1"/>
+    <col min="3" max="3" width="12.85546875" customWidth="1"/>
+    <col min="4" max="4" width="18.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="11" customFormat="1" ht="25" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" s="11" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>22</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2">
         <f>Table1[[#This Row],[Employee Title ]]</f>
         <v>0</v>
       </c>
       <c r="B2" s="44"/>
       <c r="C2" s="29"/>
       <c r="D2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3">
         <f>Table1[[#This Row],[Employee Title ]]</f>
         <v>0</v>
       </c>
       <c r="B3" s="44"/>
       <c r="C3" s="29"/>
       <c r="D3" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4">
         <f>Table1[[#This Row],[Employee Title ]]</f>
         <v>0</v>
       </c>
       <c r="B4" s="44"/>
       <c r="C4" s="29"/>
       <c r="D4" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5">
         <f>Personnel!A5</f>
         <v>0</v>
       </c>
       <c r="B5" s="44"/>
       <c r="C5" s="29"/>
       <c r="D5" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6">
         <f>Personnel!A6</f>
         <v>0</v>
       </c>
       <c r="B6" s="44"/>
       <c r="C6" s="29"/>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7">
         <f>Personnel!A7</f>
         <v>0</v>
       </c>
       <c r="B7" s="44"/>
       <c r="C7" s="29"/>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8">
         <f>Personnel!A8</f>
         <v>0</v>
       </c>
       <c r="B8" s="44"/>
       <c r="C8" s="29"/>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9">
         <f>Personnel!A9</f>
         <v>0</v>
       </c>
       <c r="B9" s="44"/>
       <c r="C9" s="29"/>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10">
         <f>Personnel!A10</f>
         <v>0</v>
       </c>
       <c r="B10" s="44"/>
       <c r="C10" s="29"/>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11">
         <f>Personnel!A11</f>
         <v>0</v>
       </c>
       <c r="B11" s="44"/>
       <c r="C11" s="29"/>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12">
         <f>Personnel!A12</f>
         <v>0</v>
       </c>
       <c r="B12" s="44"/>
       <c r="C12" s="29"/>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13">
         <f>Personnel!A13</f>
         <v>0</v>
       </c>
       <c r="B13" s="44"/>
       <c r="C13" s="29"/>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14">
         <f>Personnel!A14</f>
         <v>0</v>
       </c>
       <c r="B14" s="44"/>
       <c r="C14" s="29"/>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15">
         <f>Personnel!A15</f>
         <v>0</v>
       </c>
       <c r="B15" s="44"/>
       <c r="C15" s="29"/>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16">
         <f>Personnel!A16</f>
         <v>0</v>
       </c>
       <c r="B16" s="44"/>
       <c r="C16" s="29"/>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17">
         <f>Personnel!A17</f>
         <v>0</v>
       </c>
       <c r="B17" s="44"/>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18">
         <f>Personnel!A18</f>
         <v>0</v>
       </c>
       <c r="B18" s="44"/>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19">
         <f>Personnel!A19</f>
         <v>0</v>
       </c>
       <c r="B19" s="44"/>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20">
         <f>Personnel!A20</f>
         <v>0</v>
       </c>
       <c r="B20" s="44"/>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21">
         <f>Personnel!A21</f>
         <v>0</v>
       </c>
       <c r="B21" s="44"/>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22">
         <f>Personnel!A22</f>
         <v>0</v>
       </c>
       <c r="B22" s="44"/>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A23">
         <f>Personnel!A23</f>
         <v>0</v>
       </c>
       <c r="B23" s="44"/>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A24">
         <f>Personnel!A24</f>
         <v>0</v>
       </c>
       <c r="B24" s="44"/>
     </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A25">
         <f>Personnel!A25</f>
         <v>0</v>
       </c>
       <c r="B25" s="44"/>
     </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A26">
         <f>Personnel!A26</f>
         <v>0</v>
       </c>
       <c r="B26" s="44"/>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A27">
         <f>Personnel!A27</f>
         <v>0</v>
       </c>
       <c r="B27" s="44"/>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A28">
         <f>Personnel!A28</f>
         <v>0</v>
       </c>
       <c r="B28" s="44"/>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A29">
         <f>Personnel!A29</f>
         <v>0</v>
       </c>
       <c r="B29" s="44"/>
     </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A30">
         <f>Personnel!A30</f>
         <v>0</v>
       </c>
       <c r="B30" s="44"/>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A31">
         <f>Personnel!A31</f>
         <v>0</v>
       </c>
       <c r="B31" s="44"/>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A32">
         <f>Personnel!A32</f>
         <v>0</v>
       </c>
       <c r="B32" s="44"/>
     </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A33">
         <f>Personnel!A33</f>
         <v>0</v>
       </c>
       <c r="B33" s="44"/>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34">
         <f>Personnel!A34</f>
         <v>0</v>
       </c>
       <c r="B34" s="44"/>
     </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A35">
         <f>Personnel!A35</f>
         <v>0</v>
       </c>
       <c r="B35" s="44"/>
     </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A36">
         <f>Personnel!A36</f>
         <v>0</v>
       </c>
       <c r="B36" s="44"/>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A37">
         <f>Personnel!A37</f>
         <v>0</v>
       </c>
       <c r="B37" s="44"/>
     </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A38">
         <f>Personnel!A38</f>
         <v>0</v>
       </c>
       <c r="B38" s="44"/>
     </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A39">
         <f>Personnel!A39</f>
         <v>0</v>
       </c>
       <c r="B39" s="44"/>
     </row>
-    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40">
         <f>Personnel!A40</f>
         <v>0</v>
       </c>
       <c r="B40" s="44"/>
     </row>
-    <row r="41" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41">
         <f>Personnel!A41</f>
         <v>0</v>
       </c>
       <c r="B41" s="44"/>
     </row>
-    <row r="42" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42">
         <f>Personnel!A42</f>
         <v>0</v>
       </c>
       <c r="B42" s="44"/>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43">
         <f>Personnel!A43</f>
         <v>0</v>
       </c>
       <c r="B43" s="44"/>
     </row>
-    <row r="44" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A44">
         <f>Personnel!A44</f>
         <v>0</v>
       </c>
       <c r="B44" s="44"/>
     </row>
-    <row r="45" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45">
         <f>Personnel!A45</f>
         <v>0</v>
       </c>
       <c r="B45" s="44"/>
     </row>
-    <row r="46" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46">
         <f>Personnel!A46</f>
         <v>0</v>
       </c>
       <c r="B46" s="44"/>
     </row>
-    <row r="47" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47">
         <f>Personnel!A47</f>
         <v>0</v>
       </c>
       <c r="B47" s="44"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="x2LHRwKBuV9gtt/FtIEmpEl0kspCboAuObw8G5FaprKEBxRsdQNw1XqCUHkstRBnWJMgCukCBGxivLUxn6f1pg==" saltValue="iO3HRC39Evrn52nRIIhRyA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <dataValidations count="1">
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="C2 C3:C47" xr:uid="{43606148-7BC3-41BA-9081-2590B09C3199}">
       <formula1>$D$2:$D$6</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="A4 A2:A3" calculatedColumn="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE206D84-DCEE-4636-8946-D60F0AB58493}">
   <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="O2" sqref="O2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.453125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="24.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="63" style="2" customWidth="1"/>
     <col min="3" max="3" width="16" style="2" customWidth="1"/>
-    <col min="4" max="16384" width="9.1796875" style="2"/>
+    <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="137" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="151" t="s">
+    <row r="1" spans="1:3" s="131" customFormat="1" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="144" t="s">
         <v>27</v>
       </c>
-      <c r="B1" s="152"/>
-[...2 lines deleted...]
-    <row r="2" spans="1:3" ht="7" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B1" s="145"/>
+      <c r="C1" s="145"/>
+    </row>
+    <row r="2" spans="1:3" ht="6.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="23"/>
-      <c r="B2" s="136"/>
+      <c r="B2" s="130"/>
       <c r="C2" s="23"/>
     </row>
-    <row r="3" spans="1:3" ht="38.15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A3" s="150" t="s">
+    <row r="3" spans="1:3" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="143" t="s">
         <v>28</v>
       </c>
-      <c r="B3" s="150"/>
-[...3 lines deleted...]
-      <c r="A4" s="150" t="s">
+      <c r="B3" s="143"/>
+      <c r="C3" s="127"/>
+    </row>
+    <row r="4" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="143" t="s">
         <v>29</v>
       </c>
-      <c r="B4" s="150"/>
-[...4 lines deleted...]
-      <c r="B5" s="135" t="s">
+      <c r="B4" s="143"/>
+      <c r="C4" s="128"/>
+    </row>
+    <row r="5" spans="1:3" ht="38.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="126"/>
+      <c r="B5" s="129" t="s">
         <v>30</v>
       </c>
-      <c r="C5" s="129"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+      <c r="C5" s="123"/>
+    </row>
+    <row r="6" spans="1:3" ht="30.75" x14ac:dyDescent="0.25">
       <c r="A6" s="54"/>
-      <c r="B6" s="138" t="s">
+      <c r="B6" s="132" t="s">
         <v>31</v>
       </c>
-      <c r="C6" s="128"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="C6" s="122"/>
+    </row>
+    <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="54"/>
-      <c r="B7" s="138" t="s">
+      <c r="B7" s="132" t="s">
         <v>32</v>
       </c>
-      <c r="C7" s="128"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:3" ht="21.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C7" s="122"/>
+    </row>
+    <row r="8" spans="1:3" ht="21.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="24" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="130">
+      <c r="C8" s="124">
         <f>C3*C4</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:3" ht="1.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="100">
+    <row r="9" spans="1:3" ht="1.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="94">
         <f>(C6/40)</f>
         <v>0</v>
       </c>
-      <c r="C9" s="131">
+      <c r="C9" s="125">
         <f>IFERROR((C8*B9),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:3" ht="62" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:3" ht="75.75" x14ac:dyDescent="0.25">
       <c r="A10" s="55" t="s">
         <v>34</v>
       </c>
-      <c r="B10" s="139" t="s">
+      <c r="B10" s="133" t="s">
         <v>35</v>
       </c>
-      <c r="C10" s="131">
+      <c r="C10" s="125">
         <f>C9*(C7/52)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="A11" s="153" t="s">
+    <row r="11" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="146" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="153"/>
-[...3 lines deleted...]
-      <c r="B12" s="138" t="s">
+      <c r="B11" s="146"/>
+      <c r="C11" s="146"/>
+    </row>
+    <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.2">
+      <c r="B12" s="132" t="s">
         <v>37</v>
       </c>
-      <c r="C12" s="117"/>
-[...3 lines deleted...]
-      <c r="B13" s="138" t="s">
+      <c r="C12" s="111"/>
+    </row>
+    <row r="13" spans="1:3" ht="30.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="86"/>
+      <c r="B13" s="132" t="s">
         <v>38</v>
       </c>
-      <c r="C13" s="117"/>
-[...2 lines deleted...]
-      <c r="A14" s="93" t="s">
+      <c r="C13" s="111"/>
+    </row>
+    <row r="14" spans="1:3" ht="75.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="87" t="s">
         <v>39</v>
       </c>
       <c r="B14" s="23"/>
-      <c r="C14" s="118">
+      <c r="C14" s="112">
         <f>IFERROR((C13/C12)*C8,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:3" ht="26.25" customHeight="1" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B16" s="101">
+    <row r="15" spans="1:3" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="95"/>
+    </row>
+    <row r="16" spans="1:3" hidden="1" x14ac:dyDescent="0.2">
+      <c r="B16" s="95">
         <f>50/52</f>
         <v>0.96153846153846156</v>
       </c>
-      <c r="C16" s="102">
+      <c r="C16" s="96">
         <f>C14*B16</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B17" s="139" t="s">
+    <row r="17" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="133" t="s">
         <v>40</v>
       </c>
-      <c r="C17" s="141">
+      <c r="C17" s="135">
         <f>C14</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-[...2 lines deleted...]
-      <c r="C18" s="104">
+    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="97"/>
+      <c r="B18" s="97"/>
+      <c r="C18" s="98">
         <f>IF(C10&gt;0,C10,C17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A19" s="154" t="s">
+    <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="147" t="s">
         <v>41</v>
       </c>
-      <c r="B19" s="154"/>
-[...5 lines deleted...]
-      <c r="C20" s="154"/>
+      <c r="B19" s="147"/>
+      <c r="C19" s="147"/>
+    </row>
+    <row r="20" spans="1:3" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="147"/>
+      <c r="B20" s="147"/>
+      <c r="C20" s="147"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="ql/vZZCFxa00qk9SIIZEtUT1kevrTtY4wTkpFPWeYv4y4i4H3LpHiuLonq0wL8Jvc7tYmu5KOKkgn9ixTCs3LA==" saltValue="g76HHP59i9pMlBh2tojsdw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A19:C20"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14RENT EXPENSE</oddHeader>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83737471-03B6-4005-BD6D-C6E34D0FA134}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C48"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="120" zoomScaleNormal="100" zoomScalePageLayoutView="120" workbookViewId="0">
       <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="27.26953125" customWidth="1"/>
-    <col min="2" max="2" width="18.26953125" style="14" customWidth="1"/>
+    <col min="1" max="1" width="27.28515625" customWidth="1"/>
+    <col min="2" max="2" width="18.28515625" style="14" customWidth="1"/>
     <col min="3" max="3" width="45" customWidth="1"/>
-    <col min="4" max="4" width="9.1796875" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B1"/>
       <c r="C1" s="6"/>
     </row>
-    <row r="2" spans="1:3" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>42</v>
       </c>
-      <c r="B2" s="105">
+      <c r="B2" s="99">
         <f>Personnel!F51</f>
         <v>0</v>
       </c>
       <c r="C2" s="16"/>
     </row>
-    <row r="3" spans="1:3" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>43</v>
       </c>
-      <c r="B3" s="120"/>
+      <c r="B3" s="114"/>
       <c r="C3" s="16"/>
     </row>
-    <row r="4" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="13" t="s">
         <v>44</v>
       </c>
-      <c r="B4" s="105">
+      <c r="B4" s="99">
         <f>B2*B3</f>
         <v>0</v>
       </c>
       <c r="C4" s="16"/>
     </row>
-    <row r="5" spans="1:3" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="105"/>
+    <row r="5" spans="1:3" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B5" s="99"/>
       <c r="C5" s="16"/>
     </row>
-    <row r="6" spans="1:3" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>45</v>
       </c>
-      <c r="B6" s="105">
+      <c r="B6" s="99">
         <f>Personnel!F52</f>
         <v>0</v>
       </c>
       <c r="C6" s="16"/>
     </row>
-    <row r="7" spans="1:3" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>46</v>
       </c>
-      <c r="B7" s="120"/>
+      <c r="B7" s="114"/>
       <c r="C7" s="16"/>
     </row>
-    <row r="8" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="13" t="s">
         <v>47</v>
       </c>
-      <c r="B8" s="105">
+      <c r="B8" s="99">
         <f>B6*B7</f>
         <v>0</v>
       </c>
       <c r="C8" s="16"/>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="B9" s="105"/>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="B9" s="99"/>
       <c r="C9" s="16"/>
     </row>
-    <row r="10" spans="1:3" ht="13" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="B10" s="105">
+      <c r="B10" s="99">
         <f>B2+B4+B6+B8</f>
         <v>0</v>
       </c>
       <c r="C10" s="7"/>
     </row>
-    <row r="11" spans="1:3" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:3" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B11" s="17"/>
       <c r="C11" s="7"/>
     </row>
-    <row r="12" spans="1:3" ht="38" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:3" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="45" t="s">
         <v>49</v>
       </c>
-      <c r="B12" s="109"/>
+      <c r="B12" s="103"/>
       <c r="C12" s="7" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B13" s="17"/>
       <c r="C13" s="16"/>
     </row>
-    <row r="14" spans="1:3" ht="13" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>51</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>52</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="13" t="s">
         <v>54</v>
       </c>
-      <c r="B15" s="106"/>
+      <c r="B15" s="100"/>
       <c r="C15" s="44"/>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="13" t="s">
         <v>55</v>
       </c>
-      <c r="B16" s="106"/>
+      <c r="B16" s="100"/>
       <c r="C16" s="44"/>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="13" t="s">
         <v>56</v>
       </c>
-      <c r="B17" s="106"/>
+      <c r="B17" s="100"/>
       <c r="C17" s="44"/>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="13" t="s">
         <v>57</v>
       </c>
-      <c r="B18" s="106"/>
+      <c r="B18" s="100"/>
       <c r="C18" s="44"/>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="B19" s="106"/>
+      <c r="B19" s="100"/>
       <c r="C19" s="29"/>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="13" t="s">
         <v>59</v>
       </c>
-      <c r="B20" s="106"/>
+      <c r="B20" s="100"/>
       <c r="C20" s="44"/>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="13" t="s">
         <v>60</v>
       </c>
-      <c r="B21" s="106"/>
+      <c r="B21" s="100"/>
       <c r="C21" s="44"/>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="13" t="s">
         <v>61</v>
       </c>
-      <c r="B22" s="106"/>
+      <c r="B22" s="100"/>
       <c r="C22" s="44"/>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="B23" s="106"/>
+      <c r="B23" s="100"/>
       <c r="C23" s="44"/>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="B24" s="105">
+      <c r="B24" s="99">
         <f>' Rent 2 '!C10+' Rent 2 '!C17</f>
         <v>0</v>
       </c>
       <c r="C24" s="44"/>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="13" t="s">
         <v>64</v>
       </c>
-      <c r="B25" s="106"/>
+      <c r="B25" s="100"/>
       <c r="C25" s="44"/>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="13" t="s">
         <v>65</v>
       </c>
-      <c r="B26" s="106"/>
+      <c r="B26" s="100"/>
       <c r="C26" s="44"/>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="13" t="s">
         <v>66</v>
       </c>
-      <c r="B27" s="106"/>
+      <c r="B27" s="100"/>
       <c r="C27" s="44"/>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="13" t="s">
         <v>67</v>
       </c>
-      <c r="B28" s="106"/>
+      <c r="B28" s="100"/>
       <c r="C28" s="44"/>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="29"/>
-      <c r="B29" s="106"/>
+      <c r="B29" s="100"/>
       <c r="C29" s="29"/>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="29"/>
-      <c r="B30" s="106"/>
+      <c r="B30" s="100"/>
       <c r="C30" s="29"/>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="29"/>
-      <c r="B31" s="106"/>
+      <c r="B31" s="100"/>
       <c r="C31" s="29"/>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="29"/>
-      <c r="B32" s="106"/>
+      <c r="B32" s="100"/>
       <c r="C32" s="29"/>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="29"/>
-      <c r="B33" s="106"/>
+      <c r="B33" s="100"/>
       <c r="C33" s="29"/>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="29"/>
-      <c r="B34" s="106"/>
+      <c r="B34" s="100"/>
       <c r="C34" s="29"/>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="29"/>
-      <c r="B35" s="106"/>
+      <c r="B35" s="100"/>
       <c r="C35" s="29"/>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="29"/>
-      <c r="B36" s="106"/>
+      <c r="B36" s="100"/>
       <c r="C36" s="29"/>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="29"/>
-      <c r="B37" s="106"/>
+      <c r="B37" s="100"/>
       <c r="C37" s="29"/>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="29"/>
-      <c r="B38" s="106"/>
+      <c r="B38" s="100"/>
       <c r="C38" s="29"/>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="29"/>
-      <c r="B39" s="106"/>
+      <c r="B39" s="100"/>
       <c r="C39" s="29"/>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="29"/>
-      <c r="B40" s="106"/>
+      <c r="B40" s="100"/>
       <c r="C40" s="29"/>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="29"/>
-      <c r="B41" s="105"/>
+      <c r="B41" s="99"/>
       <c r="C41" s="29"/>
     </row>
-    <row r="42" spans="1:3" s="10" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:3" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A42" s="30" t="s">
         <v>68</v>
       </c>
-      <c r="B42" s="107">
+      <c r="B42" s="101">
         <f>SUM(B10:B41)</f>
         <v>0</v>
       </c>
       <c r="C42" s="56"/>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="31" t="s">
         <v>69</v>
       </c>
-      <c r="B43" s="105">
+      <c r="B43" s="99">
         <f>(B42-B24)*0.15</f>
         <v>0</v>
       </c>
-      <c r="C43" s="116"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:3" ht="14" x14ac:dyDescent="0.3">
+      <c r="C43" s="110"/>
+    </row>
+    <row r="44" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A44" s="32" t="s">
         <v>12</v>
       </c>
-      <c r="B44" s="108">
+      <c r="B44" s="102">
         <f>B42+B43</f>
         <v>0</v>
       </c>
       <c r="C44" s="29"/>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A45" s="112"/>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A45" s="106"/>
       <c r="B45" s="17"/>
     </row>
-    <row r="46" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="155" t="s">
+    <row r="46" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="148" t="s">
         <v>70</v>
       </c>
-      <c r="B46" s="155"/>
-[...10 lines deleted...]
-      <c r="C48" s="155"/>
+      <c r="B46" s="148"/>
+      <c r="C46" s="148"/>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A47" s="148"/>
+      <c r="B47" s="148"/>
+      <c r="C47" s="148"/>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A48" s="148"/>
+      <c r="B48" s="148"/>
+      <c r="C48" s="148"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="0FWdcdjlHuhz5/4t1MDWnBVWplYtrb/IwJGzB4UrEB6TWzypxSb+belIXyExB3kM2RWqMjwFJOY+il6hiU4PNg==" saltValue="iQCStgVogm5S6jnVWjegKg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A46:C48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;A</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AFFD0C1-173D-49E3-A0E5-FD70BDD6E487}">
   <dimension ref="A1:H31"/>
   <sheetViews>
-    <sheetView view="pageLayout" topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView view="pageLayout" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A28" sqref="A28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="25.7265625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="8" width="10.26953125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="25.7109375" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" customWidth="1"/>
+    <col min="3" max="3" width="16.42578125" customWidth="1"/>
+    <col min="4" max="4" width="15.85546875" customWidth="1"/>
+    <col min="5" max="5" width="15.7109375" customWidth="1"/>
+    <col min="8" max="8" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="1" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" s="1" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="25" t="s">
         <v>71</v>
       </c>
       <c r="C1" s="25" t="s">
         <v>72</v>
       </c>
       <c r="D1" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="E1" s="113" t="s">
+      <c r="E1" s="107" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" t="str">
         <f>Expenses!A10</f>
         <v>Total Salary &amp; Wage</v>
       </c>
       <c r="B2" s="46">
         <f>Expenses!B10</f>
         <v>0</v>
       </c>
       <c r="C2" s="48">
         <f>B2</f>
         <v>0</v>
       </c>
       <c r="D2" s="49">
         <f t="shared" ref="D2:D28" si="0">B2-C2</f>
         <v>0</v>
       </c>
       <c r="E2" s="6"/>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" t="str">
         <f>Expenses!A12</f>
         <v xml:space="preserve">Volunteer Expense </v>
       </c>
       <c r="B3" s="46">
         <f>Expenses!B12</f>
         <v>0</v>
       </c>
       <c r="C3" s="48">
         <f t="shared" ref="C3:C28" si="1">B3</f>
         <v>0</v>
       </c>
       <c r="D3" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E3" s="6"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" t="str" cm="1">
         <f t="array" ref="A4:B4">Expenses!A15:B15</f>
         <v>Advertising &amp; Public Relations</v>
       </c>
       <c r="B4" s="46">
         <v>0</v>
       </c>
       <c r="C4" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D4" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E4" s="6"/>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" t="str" cm="1">
         <f t="array" ref="A5:B5">Expenses!A16:B16</f>
         <v>Audit Costs</v>
       </c>
       <c r="B5" s="46">
         <v>0</v>
       </c>
       <c r="C5" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D5" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E5" s="6"/>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" t="str" cm="1">
         <f t="array" ref="A6:B6">Expenses!A17:B17</f>
         <v>Communications</v>
       </c>
       <c r="B6" s="46">
         <v>0</v>
       </c>
       <c r="C6" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D6" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E6" s="6"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A7" t="str" cm="1">
         <f t="array" ref="A7:B7">Expenses!A18:B18</f>
         <v>Conferences &amp; Training</v>
       </c>
       <c r="B7" s="46">
         <v>0</v>
       </c>
       <c r="C7" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D7" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E7" s="6"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" t="str" cm="1">
         <f t="array" ref="A8:B8">Expenses!A19:B19</f>
         <v>Equipment</v>
       </c>
       <c r="B8" s="46">
         <v>0</v>
       </c>
       <c r="C8" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D8" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E8" s="6"/>
       <c r="H8" s="46"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A9" t="str" cm="1">
         <f t="array" ref="A9:B9">Expenses!A20:B20</f>
         <v xml:space="preserve">Insurance </v>
       </c>
       <c r="B9" s="46">
         <v>0</v>
       </c>
       <c r="C9" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D9" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E9" s="6"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" t="str" cm="1">
         <f t="array" ref="A10:B10">Expenses!A21:B21</f>
         <v>Membership &amp; Subscriptions</v>
       </c>
       <c r="B10" s="46">
         <v>0</v>
       </c>
       <c r="C10" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D10" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E10" s="6"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A11" t="str" cm="1">
         <f t="array" ref="A11:B11">Expenses!A22:B22</f>
         <v>Publications &amp; Printing</v>
       </c>
       <c r="B11" s="46">
         <v>0</v>
       </c>
       <c r="C11" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D11" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E11" s="6"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" t="str" cm="1">
         <f t="array" ref="A12:B12">Expenses!A23:B23</f>
         <v>Recruitment costs</v>
       </c>
       <c r="B12" s="46">
         <v>0</v>
       </c>
       <c r="C12" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D12" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E12" s="6"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A13" t="str" cm="1">
         <f t="array" ref="A13:B13">Expenses!A24:B24</f>
         <v>Rent</v>
       </c>
       <c r="B13" s="46">
         <v>0</v>
       </c>
       <c r="C13" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D13" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E13" s="6"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" t="str" cm="1">
         <f t="array" ref="A14:B14">Expenses!A25:B25</f>
         <v>Supplies &amp; Materials</v>
       </c>
       <c r="B14" s="46">
         <v>0</v>
       </c>
       <c r="C14" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D14" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E14" s="6"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" t="str" cm="1">
         <f t="array" ref="A15:B15">Expenses!A26:B26</f>
         <v>Travel</v>
       </c>
       <c r="B15" s="46">
         <v>0</v>
       </c>
       <c r="C15" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D15" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E15" s="6"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" t="str" cm="1">
         <f t="array" ref="A16:B16">Expenses!A27:B27</f>
         <v>Utilities</v>
       </c>
       <c r="B16" s="46">
         <v>0</v>
       </c>
       <c r="C16" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D16" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E16" s="6"/>
     </row>
-    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A17" t="str" cm="1">
         <f t="array" ref="A17:B17">Expenses!A28:B28</f>
         <v>Other  (Itemize below)</v>
       </c>
       <c r="B17" s="46">
         <v>0</v>
       </c>
       <c r="C17" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D17" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E17" s="6"/>
     </row>
-    <row r="18" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A18" cm="1">
         <f t="array" ref="A18:B18">Expenses!A29:B29</f>
         <v>0</v>
       </c>
       <c r="B18" s="46">
         <v>0</v>
       </c>
       <c r="C18" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D18" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E18" s="6"/>
     </row>
-    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A19" cm="1">
         <f t="array" ref="A19:B19">Expenses!A30:B30</f>
         <v>0</v>
       </c>
       <c r="B19" s="46">
         <v>0</v>
       </c>
       <c r="C19" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D19" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E19" s="6"/>
     </row>
-    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A20" cm="1">
         <f t="array" ref="A20:B20">Expenses!A31:B31</f>
         <v>0</v>
       </c>
       <c r="B20" s="46">
         <v>0</v>
       </c>
       <c r="C20" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D20" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E20" s="6"/>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A21" cm="1">
         <f t="array" ref="A21:B21">Expenses!A32:B32</f>
         <v>0</v>
       </c>
       <c r="B21" s="46">
         <v>0</v>
       </c>
       <c r="C21" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D21" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E21" s="6"/>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A22" cm="1">
         <f t="array" ref="A22:B22">Expenses!A33:B33</f>
         <v>0</v>
       </c>
       <c r="B22" s="46">
         <v>0</v>
       </c>
       <c r="C22" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D22" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E22" s="6"/>
     </row>
-    <row r="23" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A23" cm="1">
         <f t="array" ref="A23:B23">Expenses!A34:B34</f>
         <v>0</v>
       </c>
       <c r="B23" s="46">
         <v>0</v>
       </c>
       <c r="C23" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D23" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E23" s="6"/>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A24" cm="1">
         <f t="array" ref="A24:B24">Expenses!A35:B35</f>
         <v>0</v>
       </c>
       <c r="B24" s="46">
         <v>0</v>
       </c>
       <c r="C24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D24" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E24" s="6"/>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A25" cm="1">
         <f t="array" ref="A25:B25">Expenses!A36:B36</f>
         <v>0</v>
       </c>
       <c r="B25" s="46">
         <v>0</v>
       </c>
       <c r="C25" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D25" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E25" s="6"/>
     </row>
-    <row r="26" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A26" cm="1">
         <f t="array" ref="A26:B26">Expenses!A37:B37</f>
         <v>0</v>
       </c>
       <c r="B26" s="46">
         <v>0</v>
       </c>
       <c r="C26" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D26" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E26" s="6"/>
     </row>
-    <row r="27" spans="1:5" hidden="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:5" hidden="1" x14ac:dyDescent="0.2">
       <c r="A27" cm="1">
         <f t="array" ref="A27:B27">Expenses!A38:B38</f>
         <v>0</v>
       </c>
       <c r="B27" s="46">
         <v>0</v>
       </c>
       <c r="C27" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D27" s="49">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E27" s="6"/>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>75</v>
       </c>
       <c r="B28" s="47">
         <f>Expenses!B43</f>
         <v>0</v>
       </c>
       <c r="C28" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D28" s="51">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E28" s="6"/>
     </row>
-    <row r="29" spans="1:5" s="26" customFormat="1" ht="28" x14ac:dyDescent="0.25">
-      <c r="A29" s="114" t="s">
+    <row r="29" spans="1:5" s="26" customFormat="1" ht="30" x14ac:dyDescent="0.2">
+      <c r="A29" s="108" t="s">
         <v>76</v>
       </c>
       <c r="B29" s="28">
         <f>SUM(B2:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="27">
         <f>IF(B29&gt;60714,60714,0)</f>
         <v>0</v>
       </c>
       <c r="D29" s="28">
         <f>(C29/0.75)-C29</f>
         <v>0</v>
       </c>
-      <c r="E29" s="111">
+      <c r="E29" s="105">
         <f>C29-D29</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="28" x14ac:dyDescent="0.3">
-      <c r="A30" s="115" t="s">
+    <row r="30" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A30" s="109" t="s">
         <v>77</v>
       </c>
       <c r="C30" s="27">
         <f>IF(B29&lt;60714,SUM(C2:C28),0)</f>
         <v>0</v>
       </c>
       <c r="D30" s="28">
         <f>(C30/0.75)-C30</f>
         <v>0</v>
       </c>
       <c r="E30" s="28">
         <f>C30-D30</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:5" s="10" customFormat="1" ht="13" x14ac:dyDescent="0.3">
-[...2 lines deleted...]
-      <c r="D31" s="110"/>
+    <row r="31" spans="1:5" s="10" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="104"/>
+      <c r="C31" s="104"/>
+      <c r="D31" s="104"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="MSBEbyQLt7rZBhYOPv6OE28GTuvMRVbkv1iMWdCF0Bdkq/C2mPDe/Lhw8cY8qJ3PQuNz1Psw/+4jYl50R6s5fw==" saltValue="r+rV6YDjmgd5Ekc5EvTHAg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{068CC5E5-8344-4523-95F5-7F780C54B960}">
   <dimension ref="A1:D35"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C8" sqref="C8:D8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="33.81640625" customWidth="1"/>
-    <col min="2" max="4" width="17.81640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="33.85546875" customWidth="1"/>
+    <col min="2" max="4" width="17.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="52" t="s">
         <v>78</v>
       </c>
       <c r="B1" s="53">
         <f>Summary!D29+Summary!D30</f>
         <v>0</v>
       </c>
-      <c r="C1" s="158"/>
-[...3 lines deleted...]
-      <c r="A2" s="160" t="s">
+      <c r="C1" s="164"/>
+      <c r="D1" s="165"/>
+    </row>
+    <row r="2" spans="1:4" ht="93.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="166" t="s">
         <v>79</v>
       </c>
-      <c r="B2" s="150"/>
-[...4 lines deleted...]
-      <c r="A3" s="66" t="s">
+      <c r="B2" s="143"/>
+      <c r="C2" s="143"/>
+      <c r="D2" s="167"/>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" s="65" t="s">
         <v>80</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>81</v>
       </c>
-      <c r="C3" s="162" t="s">
+      <c r="C3" s="168" t="s">
         <v>82</v>
       </c>
-      <c r="D3" s="163"/>
-[...7 lines deleted...]
-      <c r="C4" s="156" t="s">
+      <c r="D3" s="169"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A4" s="134"/>
+      <c r="B4" s="173">
+        <f>IF(Expenses!B12&lt;'Units &amp; Match'!B1, Expenses!B12, B1)</f>
+        <v>0</v>
+      </c>
+      <c r="C4" s="155" t="s">
         <v>83</v>
       </c>
-      <c r="D4" s="157"/>
-[...56 lines deleted...]
-      <c r="A14" s="67">
+      <c r="D4" s="156"/>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A5" s="66"/>
+      <c r="B5" s="174"/>
+      <c r="C5" s="155"/>
+      <c r="D5" s="156"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A6" s="66"/>
+      <c r="B6" s="174"/>
+      <c r="C6" s="155"/>
+      <c r="D6" s="156"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A7" s="66"/>
+      <c r="B7" s="174"/>
+      <c r="C7" s="155"/>
+      <c r="D7" s="156"/>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A8" s="66"/>
+      <c r="B8" s="174"/>
+      <c r="C8" s="155"/>
+      <c r="D8" s="156"/>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A9" s="66"/>
+      <c r="B9" s="174"/>
+      <c r="C9" s="155"/>
+      <c r="D9" s="156"/>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A10" s="66"/>
+      <c r="B10" s="174"/>
+      <c r="C10" s="155"/>
+      <c r="D10" s="156"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A11" s="66"/>
+      <c r="B11" s="174"/>
+      <c r="C11" s="155"/>
+      <c r="D11" s="156"/>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A12" s="67"/>
+      <c r="B12" s="174"/>
+      <c r="C12" s="155"/>
+      <c r="D12" s="156"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A13" s="67"/>
+      <c r="B13" s="174"/>
+      <c r="C13" s="155"/>
+      <c r="D13" s="156"/>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A14" s="66">
         <f>SUM(A4:A13)</f>
         <v>0</v>
       </c>
-      <c r="B14" s="64">
+      <c r="B14" s="174">
         <f>SUM(B4:B13)</f>
         <v>0</v>
       </c>
-      <c r="C14" s="156" t="s">
+      <c r="C14" s="155" t="s">
         <v>84</v>
       </c>
-      <c r="D14" s="157"/>
-[...3 lines deleted...]
-      <c r="B15" s="81">
+      <c r="D14" s="156"/>
+    </row>
+    <row r="15" spans="1:4" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="68"/>
+      <c r="B15" s="180">
         <f>IF(SUM(A4:B13)&gt;= B1, B1, "")</f>
         <v>0</v>
       </c>
-      <c r="C15" s="173" t="s">
+      <c r="C15" s="157" t="s">
         <v>85</v>
       </c>
-      <c r="D15" s="174"/>
-[...15 lines deleted...]
-      <c r="B18" s="175" t="s">
+      <c r="D15" s="158"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A16" s="69"/>
+      <c r="B16" s="64"/>
+      <c r="C16" s="70"/>
+      <c r="D16" s="70"/>
+    </row>
+    <row r="17" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="69"/>
+      <c r="B17" s="64"/>
+      <c r="C17" s="70"/>
+      <c r="D17" s="70"/>
+    </row>
+    <row r="18" spans="1:4" ht="27" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="73"/>
+      <c r="B18" s="159" t="s">
         <v>86</v>
       </c>
-      <c r="C18" s="175"/>
-[...3 lines deleted...]
-      <c r="A19" s="73" t="s">
+      <c r="C18" s="159"/>
+      <c r="D18" s="160"/>
+    </row>
+    <row r="19" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="72" t="s">
         <v>87</v>
       </c>
       <c r="B19" s="25" t="s">
         <v>88</v>
       </c>
       <c r="C19" s="25" t="s">
         <v>89</v>
       </c>
-      <c r="D19" s="75" t="s">
+      <c r="D19" s="74" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A20" s="164" t="s">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A20" s="161" t="s">
         <v>91</v>
       </c>
-      <c r="B20" s="165"/>
-[...16 lines deleted...]
-      <c r="A23" s="119" t="s">
+      <c r="B20" s="162"/>
+      <c r="C20" s="162"/>
+      <c r="D20" s="163"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" s="161"/>
+      <c r="B21" s="162"/>
+      <c r="C21" s="162"/>
+      <c r="D21" s="163"/>
+    </row>
+    <row r="22" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="113"/>
+      <c r="B22" s="75"/>
+      <c r="C22" s="75"/>
+      <c r="D22" s="76"/>
+    </row>
+    <row r="23" spans="1:4" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="113" t="s">
         <v>92</v>
       </c>
-      <c r="B23" s="83"/>
-[...10 lines deleted...]
-      <c r="A25" s="119" t="s">
+      <c r="B23" s="174"/>
+      <c r="C23" s="174"/>
+      <c r="D23" s="175"/>
+    </row>
+    <row r="24" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="113"/>
+      <c r="B24" s="176"/>
+      <c r="C24" s="176"/>
+      <c r="D24" s="177"/>
+    </row>
+    <row r="25" spans="1:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="113" t="s">
         <v>93</v>
       </c>
-      <c r="B25" s="116"/>
-[...10 lines deleted...]
-      <c r="A27" s="91" t="s">
+      <c r="B25" s="178"/>
+      <c r="C25" s="178"/>
+      <c r="D25" s="179"/>
+    </row>
+    <row r="26" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
+      <c r="A26" s="113"/>
+      <c r="B26" s="75"/>
+      <c r="C26" s="75"/>
+      <c r="D26" s="136"/>
+    </row>
+    <row r="27" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="85" t="s">
         <v>94</v>
       </c>
-      <c r="B27" s="78">
+      <c r="B27" s="77">
         <f>IF(B23,($A28*B25)/B23,0)</f>
         <v>0</v>
       </c>
-      <c r="C27" s="78">
+      <c r="C27" s="77">
         <f>IF(C23,($A28*C25)/C23,0)</f>
         <v>0</v>
       </c>
-      <c r="D27" s="144">
+      <c r="D27" s="137">
         <f>IF(D23,($A28*D25)/D23,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A28" s="72">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A28" s="71">
         <f>Summary!C29+Summary!C30</f>
         <v>0</v>
       </c>
-      <c r="D28" s="145"/>
-[...2 lines deleted...]
-      <c r="A29" s="90" t="s">
+      <c r="D28" s="138"/>
+    </row>
+    <row r="29" spans="1:4" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="84" t="s">
         <v>95</v>
       </c>
-      <c r="B29" s="78">
+      <c r="B29" s="77">
         <f>IF(B25,($A30*B25)/B23,0)</f>
         <v>0</v>
       </c>
-      <c r="C29" s="78">
+      <c r="C29" s="77">
         <f>IF(C25,($A30*C25)/C23,0)</f>
         <v>0</v>
       </c>
-      <c r="D29" s="144">
+      <c r="D29" s="137">
         <f>IF(D25,($A30*D25)/D23,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:4" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="72">
+    <row r="30" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="71">
         <f>Summary!E29+Summary!E30</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:4" ht="16" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="84" t="s">
+    <row r="31" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="78" t="s">
         <v>96</v>
       </c>
-      <c r="B31" s="167"/>
-[...8 lines deleted...]
-      <c r="A33" s="84" t="s">
+      <c r="B31" s="149"/>
+      <c r="C31" s="150"/>
+      <c r="D31" s="151"/>
+    </row>
+    <row r="32" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="78"/>
+      <c r="D32" s="139"/>
+    </row>
+    <row r="33" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="78" t="s">
         <v>97</v>
       </c>
-      <c r="B33" s="170"/>
-[...8 lines deleted...]
-      <c r="A35" s="84" t="s">
+      <c r="B33" s="152"/>
+      <c r="C33" s="153"/>
+      <c r="D33" s="154"/>
+    </row>
+    <row r="34" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="78"/>
+      <c r="D34" s="139"/>
+    </row>
+    <row r="35" spans="1:4" ht="29.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="78" t="s">
         <v>98</v>
       </c>
-      <c r="B35" s="94"/>
-      <c r="C35" s="85" t="s">
+      <c r="B35" s="88"/>
+      <c r="C35" s="79" t="s">
         <v>99</v>
       </c>
-      <c r="D35" s="95"/>
+      <c r="D35" s="89"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="mj1/2T9w/YCT6gxl8N0E6H9zUhdAHisusED1v6YWICIO+h2K+jlRvwJ+xaeKP0V2xpVW1BfeIcYDU8cUqK8bnQ==" saltValue="H1jq11kek/YfcuotAAYSZA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="YoGlXqOcOnSFUpQDrj5aYX/PzsDsMchaknQD01xQ2Z8mCwjBm6V0EYA94EVkNpfjOef6CQG7DKIDxdr9slaoJw==" saltValue="LRbfyipWjQxjuogpbPS5xw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="22">
-    <mergeCell ref="B31:D31"/>
-[...4 lines deleted...]
-    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="C1:D1"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C5:D5"/>
     <mergeCell ref="A20:A21"/>
     <mergeCell ref="B20:B21"/>
     <mergeCell ref="C20:C21"/>
     <mergeCell ref="D20:D21"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="C12:D12"/>
-    <mergeCell ref="C6:D6"/>
-[...4 lines deleted...]
-    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="B18:D18"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DA3968EF-D0AC-40C9-B2A0-E6A9C2311AD1}">
           <x14:formula1>
             <xm:f>'Drop Down Box Lists '!$E$4:$E$14</xm:f>
           </x14:formula1>
           <xm:sqref>B20:D21</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC770ABB-AAE7-42CE-B43A-09513950B01E}">
   <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView zoomScale="88" zoomScaleNormal="88" workbookViewId="0">
       <selection activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="16.54296875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="20.453125" customWidth="1"/>
+    <col min="1" max="1" width="16.5703125" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
+    <col min="3" max="3" width="20.42578125" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="25" customWidth="1"/>
-    <col min="7" max="7" width="29.453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="11" max="11" width="24.54296875" customWidth="1"/>
+    <col min="7" max="7" width="29.42578125" customWidth="1"/>
+    <col min="8" max="8" width="22.85546875" customWidth="1"/>
+    <col min="10" max="10" width="28.85546875" customWidth="1"/>
+    <col min="11" max="11" width="24.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="76" customFormat="1" ht="23.5" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="126" t="s">
+    <row r="1" spans="1:11" s="75" customFormat="1" ht="23.45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="120" t="s">
         <v>100</v>
       </c>
-      <c r="B1" s="127" t="s">
+      <c r="B1" s="121" t="s">
         <v>101</v>
       </c>
-      <c r="C1" s="127" t="s">
+      <c r="C1" s="121" t="s">
         <v>102</v>
       </c>
       <c r="D1" s="21" t="s">
         <v>103</v>
       </c>
       <c r="E1" s="21" t="s">
         <v>104</v>
       </c>
       <c r="G1" s="21" t="s">
         <v>105</v>
       </c>
       <c r="H1" s="21" t="s">
         <v>104</v>
       </c>
       <c r="J1" s="21" t="s">
         <v>106</v>
       </c>
       <c r="K1" s="21" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="C2" s="121" t="e">
+    <row r="2" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C2" s="115" t="e">
         <f>B2/A2</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="E2" s="121" t="e">
+      <c r="E2" s="115" t="e">
         <f>D2*C2</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="H2" s="121" t="e">
+      <c r="H2" s="115" t="e">
         <f>G2*C2</f>
         <v>#DIV/0!</v>
       </c>
-      <c r="K2" s="121" t="e">
+      <c r="K2" s="115" t="e">
         <f>J2*C2</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="C4" s="125"/>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A3" s="118"/>
+      <c r="B3" s="118"/>
+      <c r="C3" s="118"/>
+    </row>
+    <row r="4" spans="1:11" s="75" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="119"/>
+      <c r="B4" s="119"/>
+      <c r="C4" s="119"/>
       <c r="D4" s="21" t="s">
         <v>107</v>
       </c>
       <c r="E4" s="21" t="s">
         <v>108</v>
       </c>
       <c r="G4" s="21" t="s">
         <v>109</v>
       </c>
       <c r="H4" s="21" t="s">
         <v>108</v>
       </c>
       <c r="J4" s="21" t="s">
         <v>110</v>
       </c>
       <c r="K4" s="21" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="5" spans="1:11" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="A10" s="122" t="s">
+    <row r="5" spans="1:11" ht="32.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="118"/>
+      <c r="B5" s="118"/>
+      <c r="C5" s="118"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A6" s="118"/>
+      <c r="B6" s="118"/>
+      <c r="C6" s="118"/>
+      <c r="D6" s="118"/>
+      <c r="E6" s="118"/>
+      <c r="F6" s="118"/>
+      <c r="G6" s="118"/>
+      <c r="H6" s="118"/>
+      <c r="I6" s="118"/>
+      <c r="J6" s="118"/>
+      <c r="K6" s="118"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A7" s="118"/>
+      <c r="B7" s="118"/>
+      <c r="C7" s="118"/>
+      <c r="D7" s="118"/>
+      <c r="E7" s="118"/>
+      <c r="F7" s="118"/>
+      <c r="G7" s="118"/>
+      <c r="H7" s="118"/>
+      <c r="I7" s="118"/>
+      <c r="J7" s="118"/>
+      <c r="K7" s="118"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A8" s="118"/>
+      <c r="B8" s="118"/>
+      <c r="C8" s="118"/>
+      <c r="D8" s="118"/>
+      <c r="E8" s="118"/>
+      <c r="F8" s="118"/>
+      <c r="G8" s="118"/>
+      <c r="H8" s="118"/>
+      <c r="I8" s="118"/>
+      <c r="J8" s="118"/>
+      <c r="K8" s="118"/>
+    </row>
+    <row r="10" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A10" s="116" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="122" t="s">
+    <row r="11" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="116" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-    <row r="13" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="116"/>
+    </row>
+    <row r="13" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A13" s="2" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A14" s="2" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A15" s="2" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:5" ht="15" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
     </row>
-    <row r="18" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A18" s="122" t="s">
+    <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="116" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="122" t="s">
+    <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="116" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A21" s="122" t="s">
+    <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="116" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A22" s="122" t="s">
+    <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="116" t="s">
         <v>120</v>
       </c>
-      <c r="B22" s="122"/>
-[...6 lines deleted...]
-      <c r="A24" s="84" t="s">
+      <c r="B22" s="116"/>
+      <c r="C22" s="116"/>
+      <c r="D22" s="116"/>
+      <c r="E22" s="116"/>
+    </row>
+    <row r="23" spans="1:5" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="24" spans="1:5" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="78" t="s">
         <v>121</v>
       </c>
-      <c r="B24" s="177"/>
-[...4 lines deleted...]
-      <c r="A25" s="84" t="s">
+      <c r="B24" s="170"/>
+      <c r="C24" s="171"/>
+      <c r="D24" s="172"/>
+    </row>
+    <row r="25" spans="1:5" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="78" t="s">
         <v>98</v>
       </c>
-      <c r="B25" s="123"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:5" ht="13" thickTop="1" x14ac:dyDescent="0.25"/>
+      <c r="B25" s="117"/>
+    </row>
+    <row r="26" spans="1:5" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B24:D24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1AD1BC9F-A62A-41C7-85AA-2CBDAE244876}">
   <dimension ref="A2:E67"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="E50" sqref="E50"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="33.26953125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="33.26953125" customWidth="1"/>
+    <col min="1" max="1" width="33.28515625" customWidth="1"/>
+    <col min="2" max="2" width="2.85546875" customWidth="1"/>
+    <col min="3" max="3" width="32.85546875" customWidth="1"/>
+    <col min="4" max="4" width="3.42578125" customWidth="1"/>
+    <col min="5" max="5" width="33.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:5" s="96" customFormat="1" ht="13" x14ac:dyDescent="0.25">
-      <c r="A2" s="96" t="s">
+    <row r="2" spans="1:5" s="90" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="90" t="s">
         <v>122</v>
       </c>
-      <c r="C2" s="96" t="s">
+      <c r="C2" s="90" t="s">
         <v>123</v>
       </c>
-      <c r="E2" s="96" t="s">
+      <c r="E2" s="90" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A3" s="3"/>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>125</v>
       </c>
       <c r="C4" t="s">
         <v>126</v>
       </c>
       <c r="E4" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C5" t="s">
         <v>129</v>
       </c>
       <c r="E5" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C6" t="s">
         <v>131</v>
       </c>
       <c r="E6" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C7" t="s">
         <v>134</v>
       </c>
       <c r="E7" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>136</v>
       </c>
       <c r="C8" t="s">
         <v>137</v>
       </c>
       <c r="E8" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>138</v>
       </c>
       <c r="C9" t="s">
         <v>139</v>
       </c>
       <c r="E9" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>141</v>
       </c>
       <c r="C10" t="s">
         <v>142</v>
       </c>
       <c r="E10" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>140</v>
       </c>
       <c r="E11" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>145</v>
       </c>
       <c r="E12" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>147</v>
       </c>
       <c r="E13" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>149</v>
       </c>
       <c r="E14" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A46" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="63" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="64" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="66" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="67" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>183</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="251e0c65-6626-4da3-bc71-ba3e8fa10df5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="27f11dd3-46b9-40b3-b836-159c681784be" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F8D9BE7E520FCA458755AFB27B5B2BCC" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e943a4990ce1ac8a47242b584cf3871b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="251e0c65-6626-4da3-bc71-ba3e8fa10df5" xmlns:ns3="27f11dd3-46b9-40b3-b836-159c681784be" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9f885bb12501108d9bad928252c0c9b3" ns2:_="" ns3:_="">
     <xsd:import namespace="251e0c65-6626-4da3-bc71-ba3e8fa10df5"/>
     <xsd:import namespace="27f11dd3-46b9-40b3-b836-159c681784be"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6673,104 +6699,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0869FB64-C21B-4AFE-A9DD-1C58A15F31AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="251e0c65-6626-4da3-bc71-ba3e8fa10df5"/>
+    <ds:schemaRef ds:uri="27f11dd3-46b9-40b3-b836-159c681784be"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8CA1A74-4063-45AD-8C6A-7BE72B8065C3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B397AF3-50A6-40AC-8F6D-7545AECC148A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="251e0c65-6626-4da3-bc71-ba3e8fa10df5"/>
     <ds:schemaRef ds:uri="27f11dd3-46b9-40b3-b836-159c681784be"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="27f11dd3-46b9-40b3-b836-159c681784be"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>