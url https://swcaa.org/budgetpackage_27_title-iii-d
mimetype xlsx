--- v0 (2026-02-26)
+++ v1 (2026-03-18)
@@ -23,53 +23,53 @@
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://swcaa.sharepoint.com/sites/Grants/Shared Documents/General/APPLICATION MATERIALS/2027 APPLICATION/Documents for SWCAA Website/Budget Templates FY27/Budget Templates/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="244" documentId="13_ncr:1_{2B5AFF91-8198-4B39-9758-058C80BFF141}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{989E9B1E-8A45-4D3B-8CEC-00A11BBE279B}"/>
+  <xr:revisionPtr revIDLastSave="247" documentId="13_ncr:1_{2B5AFF91-8198-4B39-9758-058C80BFF141}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EA24863D-15EA-4B85-AC25-214F4702D7C2}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="1" xr2:uid="{9364EBBA-D0C7-479D-84D8-C55D26D3126A}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="4" xr2:uid="{9364EBBA-D0C7-479D-84D8-C55D26D3126A}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="3" r:id="rId1"/>
     <sheet name="Personnel" sheetId="1" r:id="rId2"/>
     <sheet name=" Rent 2 " sheetId="12" r:id="rId3"/>
     <sheet name="Narrative" sheetId="2" r:id="rId4"/>
     <sheet name="Expenses" sheetId="4" r:id="rId5"/>
     <sheet name="Summary" sheetId="6" r:id="rId6"/>
     <sheet name="Units &amp; Match" sheetId="9" r:id="rId7"/>
     <sheet name="FOR SWCAA USE" sheetId="13" state="hidden" r:id="rId8"/>
     <sheet name="Drop Down Box Lists" sheetId="11" state="hidden" r:id="rId9"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId10"/>
   </externalReferences>
   <definedNames>
     <definedName name="fundtype" localSheetId="8">'Drop Down Box Lists'!$A$2:$A$2</definedName>
     <definedName name="fundtype">'[1]Drop Down Box Lists'!$A$3:$A$7</definedName>
     <definedName name="Inkind" localSheetId="8">'Drop Down Box Lists'!#REF!</definedName>
     <definedName name="Inkind">'[1]Drop Down Box Lists'!#REF!</definedName>
     <definedName name="MIS" localSheetId="8">'Drop Down Box Lists'!$A$3:$A$58</definedName>
     <definedName name="MIS">'[1]Drop Down Box Lists'!$A$10:$A$70</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">' Rent 2 '!$A$1:$C$20</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Instructions!$A$1:$I$13</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">Narrative!$A$1:$B$47</definedName>
@@ -79,51 +79,52 @@
     <definedName name="Source" localSheetId="8">'Drop Down Box Lists'!#REF!</definedName>
     <definedName name="Source">'[1]Drop Down Box Lists'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B41" i="4" l="1"/>
+  <c r="B43" i="4" l="1"/>
+  <c r="B41" i="4"/>
   <c r="F2" i="1"/>
   <c r="F3" i="1"/>
   <c r="F4" i="1"/>
   <c r="F5" i="1"/>
   <c r="F6" i="1"/>
   <c r="F7" i="1"/>
   <c r="F8" i="1"/>
   <c r="F9" i="1"/>
   <c r="F10" i="1"/>
   <c r="F11" i="1"/>
   <c r="F12" i="1"/>
   <c r="F13" i="1"/>
   <c r="F14" i="1"/>
   <c r="F15" i="1"/>
   <c r="F16" i="1"/>
   <c r="F17" i="1"/>
   <c r="F18" i="1"/>
   <c r="F19" i="1"/>
   <c r="F20" i="1"/>
   <c r="F21" i="1"/>
   <c r="F22" i="1"/>
   <c r="F23" i="1"/>
   <c r="F24" i="1"/>
   <c r="F25" i="1"/>
   <c r="F26" i="1"/>
@@ -277,52 +278,51 @@
   <c r="A17" i="2"/>
   <c r="A16" i="2"/>
   <c r="A15" i="2"/>
   <c r="A14" i="2"/>
   <c r="A13" i="2"/>
   <c r="A12" i="2"/>
   <c r="A11" i="2"/>
   <c r="A10" i="2"/>
   <c r="A9" i="2"/>
   <c r="A8" i="2"/>
   <c r="A7" i="2"/>
   <c r="A6" i="2"/>
   <c r="A5" i="2"/>
   <c r="F51" i="1" l="1"/>
   <c r="F52" i="1"/>
   <c r="B6" i="4" l="1"/>
   <c r="B8" i="4" s="1"/>
   <c r="B2" i="4"/>
   <c r="B4" i="4" s="1"/>
   <c r="A13" i="6" a="1"/>
   <c r="C13" i="6" s="1"/>
   <c r="B10" i="4" l="1"/>
   <c r="B2" i="6" s="1"/>
   <c r="C2" i="6" s="1"/>
   <c r="A13" i="6"/>
-  <c r="B43" i="4" l="1"/>
-  <c r="B28" i="6" s="1"/>
+  <c r="B28" i="6" l="1"/>
   <c r="D14" i="6"/>
   <c r="D18" i="6"/>
   <c r="D20" i="6"/>
   <c r="D22" i="6"/>
   <c r="D24" i="6"/>
   <c r="D26" i="6"/>
   <c r="D15" i="6"/>
   <c r="D17" i="6"/>
   <c r="D19" i="6"/>
   <c r="D23" i="6"/>
   <c r="D25" i="6"/>
   <c r="D27" i="6"/>
   <c r="D21" i="6"/>
   <c r="D16" i="6"/>
   <c r="D11" i="6"/>
   <c r="D10" i="6"/>
   <c r="D9" i="6"/>
   <c r="D8" i="6"/>
   <c r="D7" i="6"/>
   <c r="D6" i="6"/>
   <c r="D5" i="6"/>
   <c r="D4" i="6"/>
   <c r="D2" i="6"/>
   <c r="D12" i="6"/>
   <c r="D13" i="6"/>
@@ -738,53 +738,50 @@
   <si>
     <t>Recruitment costs</t>
   </si>
   <si>
     <t>Rent</t>
   </si>
   <si>
     <t>Supplies &amp; Materials</t>
   </si>
   <si>
     <t>Travel</t>
   </si>
   <si>
     <t>Utilities</t>
   </si>
   <si>
     <t>Other  (Itemize below)</t>
   </si>
   <si>
     <t>Less In-Kind Volunteer</t>
   </si>
   <si>
     <t>Sub Total</t>
   </si>
   <si>
-    <t>Deminimis at 10%</t>
-[...1 lines deleted...]
-  <si>
     <t>Program Budget</t>
   </si>
   <si>
     <t>Title III Request</t>
   </si>
   <si>
     <t>Match</t>
   </si>
   <si>
     <t>Total Match</t>
   </si>
   <si>
     <t xml:space="preserve">Take the total Match shown above in Cell B1 and enter the amount of cash match and/or in-kind match in the two columns below. If the match is all cash match, enter the amount only in the cash match column   (indicate whether the Match dollars are Cash or In-Kind).   FULLY explain where the Agency is getting the match, i.e. annual appeal, foundation grant,etc. in the explanation cell below.  </t>
   </si>
   <si>
     <t>Cash Match</t>
   </si>
   <si>
     <t>In-Kind</t>
   </si>
   <si>
     <t>Explanation</t>
   </si>
   <si>
     <t>Sub Total of In-kind and Cash</t>
@@ -1069,50 +1066,53 @@
     <t>E-Benefits Education</t>
   </si>
   <si>
     <t>E-Caregiver Counseling</t>
   </si>
   <si>
     <t>E-Caregiver Support Groups</t>
   </si>
   <si>
     <t>E-Caregiver Training</t>
   </si>
   <si>
     <t>E-Information and Assistance</t>
   </si>
   <si>
     <t>E-Personal Reassurance</t>
   </si>
   <si>
     <t>E-Public Education</t>
   </si>
   <si>
     <t xml:space="preserve">Check https://independentsector.org/research/value-of-volunteer-time/  for dollar value.  Be sure to explain volunteer activity in the application. </t>
   </si>
   <si>
     <t>Important Note: If you have a Federally Approved In-Direct Cost Rate you must include documentation of rate approval as an attachment to this proposal, or your In-Direct Cost Rate is less than 15% you must contact the SWCAA Grants Manager regarding the Deminimis formula</t>
+  </si>
+  <si>
+    <t>Deminimis at 15%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="5">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -1863,122 +1863,122 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...54 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="12">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
@@ -2604,3788 +2604,3776 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5210A1D-5379-4CD3-9C89-35F22113AE75}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I41"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A7" sqref="A7:I7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="9" max="9" width="17.453125" customWidth="1"/>
+    <col min="9" max="9" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="140.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:9" ht="140.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="144" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="144"/>
       <c r="C1" s="144"/>
       <c r="D1" s="144"/>
       <c r="E1" s="144"/>
       <c r="F1" s="144"/>
       <c r="G1" s="144"/>
       <c r="H1" s="144"/>
       <c r="I1" s="144"/>
     </row>
-    <row r="2" spans="1:9" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:9" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="144" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="144"/>
       <c r="C2" s="144"/>
       <c r="D2" s="144"/>
       <c r="E2" s="144"/>
       <c r="F2" s="144"/>
       <c r="G2" s="144"/>
       <c r="H2" s="144"/>
       <c r="I2" s="144"/>
     </row>
-    <row r="3" spans="1:9" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:9" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="144" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="144"/>
       <c r="C3" s="144"/>
       <c r="D3" s="144"/>
       <c r="E3" s="144"/>
       <c r="F3" s="144"/>
       <c r="G3" s="144"/>
       <c r="H3" s="144"/>
       <c r="I3" s="144"/>
     </row>
-    <row r="4" spans="1:9" ht="90" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" ht="90" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="142" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="142"/>
       <c r="C4" s="142"/>
       <c r="D4" s="142"/>
       <c r="E4" s="142"/>
       <c r="F4" s="142"/>
       <c r="G4" s="142"/>
       <c r="H4" s="142"/>
       <c r="I4" s="142"/>
     </row>
-    <row r="5" spans="1:9" ht="110.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="110.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="143" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="142"/>
       <c r="C5" s="142"/>
       <c r="D5" s="142"/>
       <c r="E5" s="142"/>
       <c r="F5" s="142"/>
       <c r="G5" s="142"/>
       <c r="H5" s="142"/>
       <c r="I5" s="142"/>
     </row>
-    <row r="6" spans="1:9" ht="89.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" ht="89.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="143" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="142"/>
       <c r="C6" s="142"/>
       <c r="D6" s="142"/>
       <c r="E6" s="142"/>
       <c r="F6" s="142"/>
       <c r="G6" s="142"/>
       <c r="H6" s="142"/>
       <c r="I6" s="142"/>
     </row>
-    <row r="7" spans="1:9" ht="126.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:9" ht="126.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="141" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="142"/>
       <c r="C7" s="142"/>
       <c r="D7" s="142"/>
       <c r="E7" s="142"/>
       <c r="F7" s="142"/>
       <c r="G7" s="142"/>
       <c r="H7" s="142"/>
       <c r="I7" s="142"/>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="8"/>
       <c r="B8" s="8"/>
       <c r="C8" s="8"/>
       <c r="D8" s="8"/>
       <c r="E8" s="8"/>
       <c r="F8" s="8"/>
       <c r="G8" s="8"/>
       <c r="H8" s="8"/>
       <c r="I8" s="8"/>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A9" s="8"/>
       <c r="B9" s="8"/>
       <c r="C9" s="8"/>
       <c r="D9" s="8"/>
       <c r="E9" s="8"/>
       <c r="F9" s="8"/>
       <c r="G9" s="8"/>
       <c r="H9" s="8"/>
       <c r="I9" s="8"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" s="8"/>
       <c r="B10" s="8"/>
       <c r="C10" s="8"/>
       <c r="D10" s="8"/>
       <c r="E10" s="8"/>
       <c r="F10" s="8"/>
       <c r="G10" s="8"/>
       <c r="H10" s="8"/>
       <c r="I10" s="8"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" s="8"/>
       <c r="B11" s="8"/>
       <c r="C11" s="8"/>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" s="8"/>
       <c r="B12" s="8"/>
       <c r="C12" s="8"/>
       <c r="D12" s="8"/>
       <c r="E12" s="8"/>
       <c r="F12" s="8"/>
       <c r="G12" s="8"/>
       <c r="H12" s="8"/>
       <c r="I12" s="8"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" s="8"/>
       <c r="B13" s="8"/>
       <c r="C13" s="8"/>
       <c r="D13" s="8"/>
       <c r="E13" s="8"/>
       <c r="F13" s="8"/>
       <c r="G13" s="8"/>
       <c r="H13" s="8"/>
       <c r="I13" s="8"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="8"/>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="8"/>
       <c r="G14" s="8"/>
       <c r="H14" s="8"/>
       <c r="I14" s="8"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="8"/>
       <c r="B15" s="8"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="8"/>
       <c r="F15" s="8"/>
       <c r="G15" s="8"/>
       <c r="H15" s="8"/>
       <c r="I15" s="8"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" s="8"/>
       <c r="B16" s="8"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="8"/>
       <c r="F16" s="8"/>
       <c r="G16" s="8"/>
       <c r="H16" s="8"/>
       <c r="I16" s="8"/>
     </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="8"/>
       <c r="B17" s="8"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="8"/>
       <c r="F17" s="8"/>
       <c r="G17" s="8"/>
       <c r="H17" s="8"/>
       <c r="I17" s="8"/>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="8"/>
       <c r="B18" s="8"/>
       <c r="C18" s="8"/>
       <c r="D18" s="8"/>
       <c r="E18" s="8"/>
       <c r="F18" s="8"/>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
       <c r="I18" s="8"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="8"/>
       <c r="B19" s="8"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="8"/>
       <c r="F19" s="8"/>
       <c r="G19" s="8"/>
       <c r="H19" s="8"/>
       <c r="I19" s="8"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="8"/>
       <c r="B20" s="8"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="8"/>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="I21" s="8"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="8"/>
       <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
     </row>
-    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23" s="8"/>
       <c r="B23" s="8"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
     </row>
-    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24" s="8"/>
       <c r="B24" s="8"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25" s="8"/>
       <c r="B25" s="8"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26" s="8"/>
       <c r="B26" s="8"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27" s="8"/>
       <c r="B27" s="8"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28" s="8"/>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
       <c r="I28" s="8"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A29" s="8"/>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30" s="8"/>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="8"/>
       <c r="G30" s="8"/>
       <c r="H30" s="8"/>
       <c r="I30" s="8"/>
     </row>
-    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31" s="8"/>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="8"/>
       <c r="G31" s="8"/>
       <c r="H31" s="8"/>
       <c r="I31" s="8"/>
     </row>
-    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32" s="8"/>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="8"/>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
       <c r="I32" s="8"/>
     </row>
-    <row r="33" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33" s="8"/>
       <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="8"/>
       <c r="B34" s="8"/>
       <c r="C34" s="8"/>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="8"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="8"/>
       <c r="B35" s="8"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
       <c r="I35" s="8"/>
     </row>
-    <row r="36" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36" s="8"/>
       <c r="B36" s="8"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
       <c r="I36" s="8"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37" s="8"/>
       <c r="B37" s="8"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
     </row>
-    <row r="38" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38" s="8"/>
       <c r="B38" s="8"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="8"/>
     </row>
-    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39" s="8"/>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
     </row>
-    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40" s="8"/>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
       <c r="I40" s="8"/>
     </row>
-    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41" s="8"/>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
       <c r="I41" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A3:I3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;12BUDGET INSTRUCTIONS
 Title III D</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64C97DD4-A602-4995-8C1F-F0A224F4B639}">
   <dimension ref="A1:H78"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" zoomScale="74" zoomScaleNormal="120" zoomScalePageLayoutView="74" workbookViewId="0">
+    <sheetView view="pageLayout" zoomScale="74" zoomScaleNormal="120" zoomScalePageLayoutView="74" workbookViewId="0">
       <selection activeCell="F3" sqref="F3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="26.7265625" style="20" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="9.1796875" style="3"/>
+    <col min="1" max="1" width="26.7109375" style="20" customWidth="1"/>
+    <col min="2" max="2" width="11.85546875" style="21" customWidth="1"/>
+    <col min="3" max="4" width="13.140625" style="23" customWidth="1"/>
+    <col min="5" max="5" width="10.5703125" style="3" customWidth="1"/>
+    <col min="6" max="6" width="18.85546875" style="3" customWidth="1"/>
+    <col min="7" max="7" width="9.7109375" style="23" customWidth="1"/>
+    <col min="8" max="8" width="4.140625" style="3" hidden="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="4" customFormat="1" ht="52" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" s="4" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A1" s="19" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="19" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D1" s="9" t="s">
         <v>10</v>
       </c>
       <c r="E1" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F1" s="9" t="s">
         <v>12</v>
       </c>
       <c r="G1" s="9" t="s">
         <v>13</v>
       </c>
       <c r="H1" s="9" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A2" s="82"/>
       <c r="B2" s="83"/>
       <c r="C2" s="84"/>
       <c r="D2" s="84"/>
       <c r="E2" s="45"/>
       <c r="F2" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G2" s="34"/>
       <c r="H2" s="34"/>
     </row>
-    <row r="3" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A3" s="82"/>
       <c r="B3" s="59"/>
       <c r="C3" s="85"/>
       <c r="D3" s="85"/>
       <c r="E3" s="58"/>
       <c r="F3" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G3" s="34"/>
       <c r="H3" s="34"/>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" s="82"/>
       <c r="B4" s="59"/>
       <c r="C4" s="60"/>
       <c r="D4" s="60"/>
       <c r="E4" s="58"/>
       <c r="F4" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G4" s="43"/>
       <c r="H4" s="30" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" s="35"/>
       <c r="B5" s="59"/>
       <c r="C5" s="60"/>
       <c r="D5" s="60"/>
       <c r="E5" s="58"/>
       <c r="F5" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G5" s="43"/>
       <c r="H5" s="30" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="35"/>
       <c r="B6" s="59"/>
       <c r="C6" s="60"/>
       <c r="D6" s="60"/>
       <c r="E6" s="58"/>
       <c r="F6" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G6" s="43"/>
       <c r="H6" s="30"/>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A7" s="35"/>
       <c r="B7" s="59"/>
       <c r="C7" s="60"/>
       <c r="D7" s="60"/>
       <c r="E7" s="61"/>
       <c r="F7" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G7" s="43"/>
       <c r="H7" s="30"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" s="37"/>
       <c r="B8" s="59"/>
       <c r="C8" s="60"/>
       <c r="D8" s="60"/>
       <c r="E8" s="61"/>
       <c r="F8" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G8" s="43"/>
       <c r="H8" s="30"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A9" s="37"/>
       <c r="B9" s="59"/>
       <c r="C9" s="60"/>
       <c r="D9" s="60"/>
       <c r="E9" s="61"/>
       <c r="F9" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G9" s="43"/>
       <c r="H9" s="30"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" s="37"/>
       <c r="B10" s="59"/>
       <c r="C10" s="60"/>
       <c r="D10" s="60"/>
       <c r="E10" s="61"/>
       <c r="F10" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G10" s="43"/>
       <c r="H10" s="30"/>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A11" s="37"/>
       <c r="B11" s="59"/>
       <c r="C11" s="60"/>
       <c r="D11" s="60"/>
       <c r="E11" s="61"/>
       <c r="F11" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G11" s="43"/>
       <c r="H11" s="30"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" s="37"/>
       <c r="B12" s="59"/>
       <c r="C12" s="60"/>
       <c r="D12" s="60"/>
       <c r="E12" s="61"/>
       <c r="F12" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G12" s="43"/>
       <c r="H12" s="30"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A13" s="37"/>
       <c r="B13" s="59"/>
       <c r="C13" s="60"/>
       <c r="D13" s="60"/>
       <c r="E13" s="61"/>
       <c r="F13" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G13" s="43"/>
       <c r="H13" s="30"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" s="37"/>
       <c r="B14" s="59"/>
       <c r="C14" s="60"/>
       <c r="D14" s="60"/>
       <c r="E14" s="61"/>
       <c r="F14" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G14" s="43"/>
       <c r="H14" s="30"/>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" s="35"/>
       <c r="B15" s="59"/>
       <c r="C15" s="60"/>
       <c r="D15" s="60"/>
       <c r="E15" s="61"/>
       <c r="F15" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G15" s="43"/>
       <c r="H15" s="30"/>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="37"/>
       <c r="B16" s="59"/>
       <c r="C16" s="60"/>
       <c r="D16" s="60"/>
       <c r="E16" s="61"/>
       <c r="F16" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G16" s="43"/>
       <c r="H16" s="30"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A17" s="35"/>
       <c r="B17" s="59"/>
       <c r="C17" s="60"/>
       <c r="D17" s="60"/>
       <c r="E17" s="61"/>
       <c r="F17" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G17" s="43"/>
       <c r="H17" s="30"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A18" s="35"/>
       <c r="B18" s="59"/>
       <c r="C18" s="60"/>
       <c r="D18" s="60"/>
       <c r="E18" s="61"/>
       <c r="F18" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G18" s="43"/>
       <c r="H18" s="30"/>
     </row>
-    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A19" s="37"/>
       <c r="B19" s="59"/>
       <c r="C19" s="60"/>
       <c r="D19" s="60"/>
       <c r="E19" s="61"/>
       <c r="F19" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G19" s="43"/>
       <c r="H19" s="30"/>
     </row>
-    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A20" s="37"/>
       <c r="B20" s="59"/>
       <c r="C20" s="60"/>
       <c r="D20" s="60"/>
       <c r="E20" s="61"/>
       <c r="F20" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G20" s="43"/>
       <c r="H20" s="30"/>
     </row>
-    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A21" s="37"/>
       <c r="B21" s="59"/>
       <c r="C21" s="60"/>
       <c r="D21" s="60"/>
       <c r="E21" s="61"/>
       <c r="F21" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G21" s="43"/>
       <c r="H21" s="30"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A22" s="37"/>
       <c r="B22" s="59"/>
       <c r="C22" s="60"/>
       <c r="D22" s="60"/>
       <c r="E22" s="61"/>
       <c r="F22" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G22" s="43"/>
       <c r="H22" s="30"/>
     </row>
-    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A23" s="37"/>
       <c r="B23" s="59"/>
       <c r="C23" s="60"/>
       <c r="D23" s="60"/>
       <c r="E23" s="61"/>
       <c r="F23" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G23" s="43"/>
       <c r="H23" s="30"/>
     </row>
-    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A24" s="37"/>
       <c r="B24" s="59"/>
       <c r="C24" s="60"/>
       <c r="D24" s="60"/>
       <c r="E24" s="61"/>
       <c r="F24" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G24" s="43"/>
       <c r="H24" s="30"/>
     </row>
-    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A25" s="37"/>
       <c r="B25" s="59"/>
       <c r="C25" s="60"/>
       <c r="D25" s="60"/>
       <c r="E25" s="61"/>
       <c r="F25" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G25" s="43"/>
       <c r="H25" s="30"/>
     </row>
-    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A26" s="37"/>
       <c r="B26" s="59"/>
       <c r="C26" s="60"/>
       <c r="D26" s="60"/>
       <c r="E26" s="61"/>
       <c r="F26" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G26" s="43"/>
       <c r="H26" s="30"/>
     </row>
-    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A27" s="37"/>
       <c r="B27" s="59"/>
       <c r="C27" s="60"/>
       <c r="D27" s="60"/>
       <c r="E27" s="61"/>
       <c r="F27" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G27" s="43"/>
       <c r="H27" s="30"/>
     </row>
-    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A28" s="37"/>
       <c r="B28" s="59"/>
       <c r="C28" s="60"/>
       <c r="D28" s="60"/>
       <c r="E28" s="61"/>
       <c r="F28" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G28" s="43"/>
       <c r="H28" s="30"/>
     </row>
-    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A29" s="37"/>
       <c r="B29" s="59"/>
       <c r="C29" s="60"/>
       <c r="D29" s="60"/>
       <c r="E29" s="61"/>
       <c r="F29" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G29" s="43"/>
       <c r="H29" s="30"/>
     </row>
-    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A30" s="37"/>
       <c r="B30" s="59"/>
       <c r="C30" s="60"/>
       <c r="D30" s="60"/>
       <c r="E30" s="61"/>
       <c r="F30" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G30" s="43"/>
       <c r="H30" s="30"/>
     </row>
-    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A31" s="37"/>
       <c r="B31" s="59"/>
       <c r="C31" s="60"/>
       <c r="D31" s="60"/>
       <c r="E31" s="61"/>
       <c r="F31" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G31" s="43"/>
       <c r="H31" s="30"/>
     </row>
-    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A32" s="37"/>
       <c r="B32" s="59"/>
       <c r="C32" s="60"/>
       <c r="D32" s="60"/>
       <c r="E32" s="61"/>
       <c r="F32" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G32" s="43"/>
       <c r="H32" s="30"/>
     </row>
-    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A33" s="37"/>
       <c r="B33" s="59"/>
       <c r="C33" s="60"/>
       <c r="D33" s="60"/>
       <c r="E33" s="61"/>
       <c r="F33" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G33" s="43"/>
       <c r="H33" s="30"/>
     </row>
-    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A34" s="37"/>
       <c r="B34" s="59"/>
       <c r="C34" s="60"/>
       <c r="D34" s="60"/>
       <c r="E34" s="61"/>
       <c r="F34" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G34" s="43"/>
       <c r="H34" s="30"/>
     </row>
-    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A35" s="37"/>
       <c r="B35" s="59"/>
       <c r="C35" s="60"/>
       <c r="D35" s="60"/>
       <c r="E35" s="61"/>
       <c r="F35" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G35" s="43"/>
       <c r="H35" s="30"/>
     </row>
-    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A36" s="37"/>
       <c r="B36" s="59"/>
       <c r="C36" s="60"/>
       <c r="D36" s="60"/>
       <c r="E36" s="61"/>
       <c r="F36" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G36" s="43"/>
       <c r="H36" s="30"/>
     </row>
-    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A37" s="37"/>
       <c r="B37" s="59"/>
       <c r="C37" s="60"/>
       <c r="D37" s="60"/>
       <c r="E37" s="61"/>
       <c r="F37" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G37" s="43"/>
       <c r="H37" s="30"/>
     </row>
-    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A38" s="37"/>
       <c r="B38" s="59"/>
       <c r="C38" s="60"/>
       <c r="D38" s="60"/>
       <c r="E38" s="61"/>
       <c r="F38" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G38" s="43"/>
       <c r="H38" s="30"/>
     </row>
-    <row r="39" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A39" s="37"/>
       <c r="B39" s="59"/>
       <c r="C39" s="60"/>
       <c r="D39" s="60"/>
       <c r="E39" s="61"/>
       <c r="F39" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G39" s="43"/>
       <c r="H39" s="30"/>
     </row>
-    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A40" s="37"/>
       <c r="B40" s="59"/>
       <c r="C40" s="60"/>
       <c r="D40" s="60"/>
       <c r="E40" s="61"/>
       <c r="F40" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G40" s="43"/>
       <c r="H40" s="30"/>
     </row>
-    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A41" s="37"/>
       <c r="B41" s="59"/>
       <c r="C41" s="60"/>
       <c r="D41" s="60"/>
       <c r="E41" s="61"/>
       <c r="F41" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G41" s="43"/>
       <c r="H41" s="30"/>
     </row>
-    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A42" s="37"/>
       <c r="B42" s="59"/>
       <c r="C42" s="60"/>
       <c r="D42" s="60"/>
       <c r="E42" s="61"/>
       <c r="F42" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G42" s="43"/>
       <c r="H42" s="30"/>
     </row>
-    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A43" s="37"/>
       <c r="B43" s="59"/>
       <c r="C43" s="60"/>
       <c r="D43" s="60"/>
       <c r="E43" s="61"/>
       <c r="F43" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G43" s="43"/>
       <c r="H43" s="30"/>
     </row>
-    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A44" s="37"/>
       <c r="B44" s="59"/>
       <c r="C44" s="60"/>
       <c r="D44" s="60"/>
       <c r="E44" s="61"/>
       <c r="F44" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G44" s="43"/>
       <c r="H44" s="30"/>
     </row>
-    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A45" s="37"/>
       <c r="B45" s="59"/>
       <c r="C45" s="60"/>
       <c r="D45" s="60"/>
       <c r="E45" s="61"/>
       <c r="F45" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G45" s="43"/>
       <c r="H45" s="30"/>
     </row>
-    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A46" s="37"/>
       <c r="B46" s="59"/>
       <c r="C46" s="60"/>
       <c r="D46" s="60"/>
       <c r="E46" s="61"/>
       <c r="F46" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G46" s="43"/>
       <c r="H46" s="30"/>
     </row>
-    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A47" s="37"/>
       <c r="B47" s="59"/>
       <c r="C47" s="60"/>
       <c r="D47" s="60"/>
       <c r="E47" s="61"/>
       <c r="F47" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G47" s="43"/>
       <c r="H47" s="30"/>
     </row>
-    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A48" s="37"/>
       <c r="B48" s="59"/>
       <c r="C48" s="60"/>
       <c r="D48" s="60"/>
       <c r="E48" s="61"/>
       <c r="F48" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G48" s="43"/>
       <c r="H48" s="30"/>
     </row>
-    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A49" s="37"/>
       <c r="B49" s="59"/>
       <c r="C49" s="60"/>
       <c r="D49" s="60"/>
       <c r="E49" s="61"/>
       <c r="F49" s="128">
         <f>Table1[[#This Row],['# of Employees]]*Table1[[#This Row],['# hours/week dedicated to project]]*Table1[[#This Row],[Hourly Wage]]*Table1[[#This Row],[Number of weeks worked (if all year = 52)]]</f>
         <v>0</v>
       </c>
       <c r="G49" s="43"/>
       <c r="H49" s="30"/>
     </row>
-    <row r="50" spans="1:8" s="10" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:8" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A50" s="38" t="s">
         <v>17</v>
       </c>
       <c r="B50" s="39"/>
       <c r="C50" s="40"/>
       <c r="D50" s="40"/>
       <c r="E50" s="41"/>
       <c r="F50" s="62"/>
       <c r="G50" s="22"/>
       <c r="H50"/>
     </row>
-    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A51" s="35" t="s">
         <v>18</v>
       </c>
       <c r="B51" s="42"/>
       <c r="C51" s="43"/>
       <c r="D51" s="43"/>
       <c r="E51" s="44"/>
       <c r="F51" s="63">
         <f>SUMIF(G2:G50,"FT",F2:F50)</f>
         <v>0</v>
       </c>
       <c r="H51"/>
     </row>
-    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A52" s="35" t="s">
         <v>19</v>
       </c>
       <c r="B52" s="42"/>
       <c r="C52" s="43"/>
       <c r="D52" s="43"/>
       <c r="E52" s="44"/>
       <c r="F52" s="63">
         <f>SUMIF(G2:G50,"PT",F2:F50)</f>
         <v>0</v>
       </c>
       <c r="H52"/>
     </row>
-    <row r="53" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A53" s="37"/>
       <c r="B53" s="42"/>
       <c r="C53" s="43"/>
       <c r="D53" s="43"/>
       <c r="E53" s="36"/>
       <c r="F53" s="5"/>
     </row>
-    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E54" s="5"/>
       <c r="F54" s="5"/>
     </row>
-    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E55" s="5"/>
       <c r="F55" s="5"/>
     </row>
-    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E56" s="5"/>
       <c r="F56" s="5"/>
     </row>
-    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E57" s="5"/>
       <c r="F57" s="5"/>
     </row>
-    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E58" s="5"/>
       <c r="F58" s="5"/>
     </row>
-    <row r="59" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E59" s="5"/>
       <c r="F59" s="5"/>
     </row>
-    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E60" s="5"/>
       <c r="F60" s="5"/>
     </row>
-    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E61" s="5"/>
       <c r="F61" s="5"/>
     </row>
-    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E62" s="5"/>
       <c r="F62" s="5"/>
     </row>
-    <row r="63" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E63" s="5"/>
       <c r="F63" s="5"/>
     </row>
-    <row r="64" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" x14ac:dyDescent="0.2">
       <c r="E64" s="5"/>
       <c r="F64" s="5"/>
     </row>
-    <row r="65" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="65" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E65" s="5"/>
       <c r="F65" s="5"/>
     </row>
-    <row r="66" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="66" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E66" s="5"/>
       <c r="F66" s="5"/>
     </row>
-    <row r="67" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="67" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E67" s="5"/>
       <c r="F67" s="5"/>
     </row>
-    <row r="68" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="68" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E68" s="5"/>
       <c r="F68" s="5"/>
     </row>
-    <row r="69" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="69" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E69" s="5"/>
       <c r="F69" s="5"/>
     </row>
-    <row r="70" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="70" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E70" s="5"/>
       <c r="F70" s="5"/>
     </row>
-    <row r="71" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="71" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E71" s="5"/>
       <c r="F71" s="5"/>
     </row>
-    <row r="72" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="72" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E72" s="5"/>
       <c r="F72" s="5"/>
     </row>
-    <row r="73" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="73" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E73" s="5"/>
       <c r="F73" s="5"/>
     </row>
-    <row r="74" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="74" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E74" s="5"/>
       <c r="F74" s="5"/>
     </row>
-    <row r="75" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="75" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E75" s="5"/>
       <c r="F75" s="5"/>
     </row>
-    <row r="76" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="76" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E76" s="5"/>
       <c r="F76" s="5"/>
     </row>
-    <row r="77" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="77" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E77" s="5"/>
       <c r="F77" s="5"/>
     </row>
-    <row r="78" spans="5:6" x14ac:dyDescent="0.25">
+    <row r="78" spans="5:6" x14ac:dyDescent="0.2">
       <c r="E78" s="5"/>
       <c r="F78" s="5"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="DK5B3Fx3tSL/jF39eZIR2TQx4s6MdHpSTSCWkvr6fRAoq/VtDjcF07wmzfDCvxEpumVXvD/r4l22zDgpVVS54w==" saltValue="UFpxTGNRv6pnpKlVOsNtYg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G2:G49 G52" xr:uid="{2DF379D8-E3C9-41EB-AF47-7D953801BB16}">
       <formula1>$H$3:$H$5</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{206352E5-321B-4CC9-918C-39DAC0687265}">
   <dimension ref="A1:C20"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScale="82" zoomScaleNormal="100" zoomScalePageLayoutView="82" workbookViewId="0">
       <selection activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.453125" style="2" customWidth="1"/>
+    <col min="1" max="1" width="24.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="63" style="2" customWidth="1"/>
     <col min="3" max="3" width="16" style="2" customWidth="1"/>
-    <col min="4" max="16384" width="9.1796875" style="2"/>
+    <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="52.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:3" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="145" t="s">
         <v>20</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
     </row>
-    <row r="2" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="89"/>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
     </row>
-    <row r="3" spans="1:3" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:3" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="144" t="s">
         <v>21</v>
       </c>
       <c r="B3" s="144"/>
       <c r="C3" s="129"/>
     </row>
-    <row r="4" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="144" t="s">
         <v>22</v>
       </c>
       <c r="B4" s="144"/>
       <c r="C4" s="130"/>
     </row>
-    <row r="5" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:3" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="132"/>
       <c r="B5" s="137" t="s">
         <v>23</v>
       </c>
       <c r="C5" s="140"/>
     </row>
-    <row r="6" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:3" ht="30.75" x14ac:dyDescent="0.25">
       <c r="A6" s="55"/>
       <c r="B6" s="131" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="133"/>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="55"/>
       <c r="B7" s="131" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="133"/>
     </row>
-    <row r="8" spans="1:3" ht="21.75" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:3" ht="21.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="25" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="134">
         <f>C3*C4</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:3" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="B9" s="94">
         <f>(C6/40)</f>
         <v>0</v>
       </c>
       <c r="C9" s="135">
         <f>IFERROR((C8*B9),0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:3" ht="62" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:3" ht="75.75" x14ac:dyDescent="0.25">
       <c r="A10" s="56" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="136" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="135">
         <f>C9*(C7/52)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:3" ht="43.5" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="11" spans="1:3" ht="43.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="146" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="147"/>
       <c r="C11" s="147"/>
     </row>
-    <row r="12" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:3" ht="45" x14ac:dyDescent="0.2">
       <c r="B12" s="131" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="105"/>
     </row>
-    <row r="13" spans="1:3" ht="31" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:3" ht="30.75" x14ac:dyDescent="0.25">
       <c r="A13" s="87"/>
       <c r="B13" s="131" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="105"/>
     </row>
-    <row r="14" spans="1:3" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:3" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="88" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="106">
         <f>IFERROR((C13/C12)*C8,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B15" s="95"/>
     </row>
-    <row r="16" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:3" hidden="1" x14ac:dyDescent="0.2">
       <c r="B16" s="95">
         <f>50/52</f>
         <v>0.96153846153846156</v>
       </c>
       <c r="C16" s="96">
         <f>C14*B16</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:3" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B17" s="136" t="s">
         <v>33</v>
       </c>
       <c r="C17" s="139">
         <f>C14</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="97"/>
       <c r="B18" s="97"/>
       <c r="C18" s="98">
         <f>IF(C10&gt;0,C10,C17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="148" t="s">
         <v>34</v>
       </c>
       <c r="B19" s="148"/>
       <c r="C19" s="148"/>
     </row>
-    <row r="20" spans="1:3" ht="27.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:3" ht="27.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="148"/>
       <c r="B20" s="148"/>
       <c r="C20" s="148"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="uV6IjG0J6N0KoRqhb14/LoeDmFTMq/76XnOKaNwVos3FoDt0EqECLr7dCpt2RFt3L/ZWyTFxx/4gzwS5lQrVGg==" saltValue="QCDvQoZMkxjPTamfhUaqKA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="5">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A19:C20"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14RENT EXPENSE</oddHeader>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D784C4CB-D267-4040-B757-533211219DCC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D47"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="150" workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="27.81640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="18.1796875" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="27.85546875" customWidth="1"/>
+    <col min="2" max="2" width="55.85546875" style="7" customWidth="1"/>
+    <col min="3" max="3" width="12.85546875" customWidth="1"/>
+    <col min="4" max="4" width="18.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="11" customFormat="1" ht="25" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" s="11" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="11" t="s">
         <v>35</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>37</v>
       </c>
       <c r="D1" s="11" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2">
         <f>Table1[[#This Row],[Employee Title ]]</f>
         <v>0</v>
       </c>
       <c r="B2" s="46"/>
       <c r="C2" s="30"/>
       <c r="D2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3">
         <f>Table1[[#This Row],[Employee Title ]]</f>
         <v>0</v>
       </c>
       <c r="B3" s="46"/>
       <c r="C3" s="30"/>
       <c r="D3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4">
         <f>Table1[[#This Row],[Employee Title ]]</f>
         <v>0</v>
       </c>
       <c r="B4" s="46"/>
       <c r="C4" s="30"/>
       <c r="D4" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5">
         <f>Personnel!A5</f>
         <v>0</v>
       </c>
       <c r="B5" s="46"/>
       <c r="C5" s="30"/>
       <c r="D5" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6">
         <f>Personnel!A6</f>
         <v>0</v>
       </c>
       <c r="B6" s="46"/>
       <c r="C6" s="30"/>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7">
         <f>Personnel!A7</f>
         <v>0</v>
       </c>
       <c r="B7" s="46"/>
       <c r="C7" s="30"/>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8">
         <f>Personnel!A8</f>
         <v>0</v>
       </c>
       <c r="B8" s="46"/>
       <c r="C8" s="30"/>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9">
         <f>Personnel!A9</f>
         <v>0</v>
       </c>
       <c r="B9" s="46"/>
       <c r="C9" s="30"/>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10">
         <f>Personnel!A10</f>
         <v>0</v>
       </c>
       <c r="B10" s="46"/>
       <c r="C10" s="30"/>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11">
         <f>Personnel!A11</f>
         <v>0</v>
       </c>
       <c r="B11" s="46"/>
       <c r="C11" s="30"/>
     </row>
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12">
         <f>Personnel!A12</f>
         <v>0</v>
       </c>
       <c r="B12" s="46"/>
       <c r="C12" s="30"/>
     </row>
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13">
         <f>Personnel!A13</f>
         <v>0</v>
       </c>
       <c r="B13" s="46"/>
       <c r="C13" s="30"/>
     </row>
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A14">
         <f>Personnel!A14</f>
         <v>0</v>
       </c>
       <c r="B14" s="46"/>
       <c r="C14" s="30"/>
     </row>
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A15">
         <f>Personnel!A15</f>
         <v>0</v>
       </c>
       <c r="B15" s="46"/>
       <c r="C15" s="30"/>
     </row>
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16">
         <f>Personnel!A16</f>
         <v>0</v>
       </c>
       <c r="B16" s="46"/>
       <c r="C16" s="30"/>
     </row>
-    <row r="17" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17">
         <f>Personnel!A17</f>
         <v>0</v>
       </c>
       <c r="B17" s="46"/>
     </row>
-    <row r="18" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A18">
         <f>Personnel!A18</f>
         <v>0</v>
       </c>
       <c r="B18" s="46"/>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19">
         <f>Personnel!A19</f>
         <v>0</v>
       </c>
       <c r="B19" s="46"/>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20">
         <f>Personnel!A20</f>
         <v>0</v>
       </c>
       <c r="B20" s="46"/>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21">
         <f>Personnel!A21</f>
         <v>0</v>
       </c>
       <c r="B21" s="46"/>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22">
         <f>Personnel!A22</f>
         <v>0</v>
       </c>
       <c r="B22" s="46"/>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A23">
         <f>Personnel!A23</f>
         <v>0</v>
       </c>
       <c r="B23" s="46"/>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A24">
         <f>Personnel!A24</f>
         <v>0</v>
       </c>
       <c r="B24" s="46"/>
     </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A25">
         <f>Personnel!A25</f>
         <v>0</v>
       </c>
       <c r="B25" s="46"/>
     </row>
-    <row r="26" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A26">
         <f>Personnel!A26</f>
         <v>0</v>
       </c>
       <c r="B26" s="46"/>
     </row>
-    <row r="27" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A27">
         <f>Personnel!A27</f>
         <v>0</v>
       </c>
       <c r="B27" s="46"/>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A28">
         <f>Personnel!A28</f>
         <v>0</v>
       </c>
       <c r="B28" s="46"/>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A29">
         <f>Personnel!A29</f>
         <v>0</v>
       </c>
       <c r="B29" s="46"/>
     </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A30">
         <f>Personnel!A30</f>
         <v>0</v>
       </c>
       <c r="B30" s="46"/>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A31">
         <f>Personnel!A31</f>
         <v>0</v>
       </c>
       <c r="B31" s="46"/>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A32">
         <f>Personnel!A32</f>
         <v>0</v>
       </c>
       <c r="B32" s="46"/>
     </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A33">
         <f>Personnel!A33</f>
         <v>0</v>
       </c>
       <c r="B33" s="46"/>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34">
         <f>Personnel!A34</f>
         <v>0</v>
       </c>
       <c r="B34" s="46"/>
     </row>
-    <row r="35" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A35">
         <f>Personnel!A35</f>
         <v>0</v>
       </c>
       <c r="B35" s="46"/>
     </row>
-    <row r="36" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A36">
         <f>Personnel!A36</f>
         <v>0</v>
       </c>
       <c r="B36" s="46"/>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A37">
         <f>Personnel!A37</f>
         <v>0</v>
       </c>
       <c r="B37" s="46"/>
     </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A38">
         <f>Personnel!A38</f>
         <v>0</v>
       </c>
       <c r="B38" s="46"/>
     </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A39">
         <f>Personnel!A39</f>
         <v>0</v>
       </c>
       <c r="B39" s="46"/>
     </row>
-    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40">
         <f>Personnel!A40</f>
         <v>0</v>
       </c>
       <c r="B40" s="46"/>
     </row>
-    <row r="41" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41">
         <f>Personnel!A41</f>
         <v>0</v>
       </c>
       <c r="B41" s="46"/>
     </row>
-    <row r="42" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42">
         <f>Personnel!A42</f>
         <v>0</v>
       </c>
       <c r="B42" s="46"/>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43">
         <f>Personnel!A43</f>
         <v>0</v>
       </c>
       <c r="B43" s="46"/>
     </row>
-    <row r="44" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A44">
         <f>Personnel!A44</f>
         <v>0</v>
       </c>
       <c r="B44" s="46"/>
     </row>
-    <row r="45" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A45">
         <f>Personnel!A45</f>
         <v>0</v>
       </c>
       <c r="B45" s="46"/>
     </row>
-    <row r="46" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46">
         <f>Personnel!A46</f>
         <v>0</v>
       </c>
       <c r="B46" s="46"/>
     </row>
-    <row r="47" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47">
         <f>Personnel!A47</f>
         <v>0</v>
       </c>
       <c r="B47" s="46"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="QT9mQUV8Y0rw5kp5ThkH9vpAs9aVSI2Dz2K8DHGtGAOeERbZvFJ1MCgmzBemS2p7vR1m42pCG/iphFy+e9zPrA==" saltValue="+w8KU/p/s75D10bFScoi6g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <dataValidations count="1">
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" sqref="C2 C3:C47" xr:uid="{43606148-7BC3-41BA-9081-2590B09C3199}">
       <formula1>$D$2:$D$6</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="A4 A2:A3" calculatedColumn="1"/>
   </ignoredErrors>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83737471-03B6-4005-BD6D-C6E34D0FA134}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C48"/>
   <sheetViews>
-    <sheetView view="pageLayout" zoomScale="120" zoomScaleNormal="100" zoomScalePageLayoutView="120" workbookViewId="0">
-      <selection activeCell="A46" sqref="A46:C48"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A17" zoomScale="120" zoomScaleNormal="100" zoomScalePageLayoutView="120" workbookViewId="0">
+      <selection activeCell="C35" sqref="C35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="27.26953125" customWidth="1"/>
-    <col min="2" max="2" width="18.26953125" style="14" customWidth="1"/>
+    <col min="1" max="1" width="27.28515625" customWidth="1"/>
+    <col min="2" max="2" width="18.28515625" style="14" customWidth="1"/>
     <col min="3" max="3" width="45" customWidth="1"/>
-    <col min="4" max="4" width="9.1796875" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B1"/>
       <c r="C1" s="6"/>
     </row>
-    <row r="2" spans="1:3" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" s="99">
         <f>Personnel!F51</f>
         <v>0</v>
       </c>
       <c r="C2" s="16"/>
     </row>
-    <row r="3" spans="1:3" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="120"/>
       <c r="C3" s="16"/>
     </row>
-    <row r="4" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="13" t="s">
         <v>44</v>
       </c>
       <c r="B4" s="99">
         <f>B2*B3</f>
         <v>0</v>
       </c>
       <c r="C4" s="16"/>
     </row>
-    <row r="5" spans="1:3" ht="5.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B5" s="99"/>
       <c r="C5" s="16"/>
     </row>
-    <row r="6" spans="1:3" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" s="99">
         <f>Personnel!F52</f>
         <v>0</v>
       </c>
       <c r="C6" s="16"/>
     </row>
-    <row r="7" spans="1:3" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:3" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" s="120"/>
       <c r="C7" s="16"/>
     </row>
-    <row r="8" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="99">
         <f>B6*B7</f>
         <v>0</v>
       </c>
       <c r="C8" s="16"/>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B9" s="99"/>
       <c r="C9" s="16"/>
     </row>
-    <row r="10" spans="1:3" ht="13" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>48</v>
       </c>
       <c r="B10" s="99">
         <f>B2+B4+B6+B8</f>
         <v>0</v>
       </c>
       <c r="C10" s="7"/>
     </row>
-    <row r="11" spans="1:3" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:3" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B11" s="100"/>
       <c r="C11" s="7"/>
     </row>
-    <row r="12" spans="1:3" ht="38" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:3" ht="39" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A12" s="47" t="s">
         <v>49</v>
       </c>
       <c r="B12" s="101"/>
       <c r="C12" s="7" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B13" s="17"/>
       <c r="C13" s="16"/>
     </row>
-    <row r="14" spans="1:3" ht="13" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="10" t="s">
         <v>50</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>51</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="13" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="100"/>
       <c r="C15" s="46"/>
     </row>
-    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="13" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="100"/>
       <c r="C16" s="46"/>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="13" t="s">
         <v>55</v>
       </c>
       <c r="B17" s="100"/>
       <c r="C17" s="46"/>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="13" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="100"/>
       <c r="C18" s="46"/>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="13" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="100"/>
       <c r="C19" s="30"/>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="13" t="s">
         <v>58</v>
       </c>
       <c r="B20" s="100"/>
       <c r="C20" s="46"/>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="13" t="s">
         <v>59</v>
       </c>
       <c r="B21" s="100"/>
       <c r="C21" s="46"/>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="13" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="100"/>
       <c r="C22" s="46"/>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="13" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="100"/>
       <c r="C23" s="46"/>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="13" t="s">
         <v>62</v>
       </c>
       <c r="B24" s="99">
         <f>' Rent 2 '!C17+' Rent 2 '!C10</f>
         <v>0</v>
       </c>
       <c r="C24" s="46"/>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="13" t="s">
         <v>63</v>
       </c>
       <c r="B25" s="100"/>
       <c r="C25" s="46"/>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="13" t="s">
         <v>64</v>
       </c>
       <c r="B26" s="100"/>
       <c r="C26" s="46"/>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="13" t="s">
         <v>65</v>
       </c>
       <c r="B27" s="100"/>
       <c r="C27" s="46"/>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="13" t="s">
         <v>66</v>
       </c>
       <c r="B28" s="100"/>
       <c r="C28" s="46"/>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="30"/>
       <c r="B29" s="100"/>
       <c r="C29" s="30"/>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="30"/>
       <c r="B30" s="100"/>
       <c r="C30" s="30"/>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="30"/>
       <c r="B31" s="100"/>
       <c r="C31" s="30"/>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="30"/>
       <c r="B32" s="100"/>
       <c r="C32" s="30"/>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="30"/>
       <c r="B33" s="100"/>
       <c r="C33" s="30"/>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="30"/>
       <c r="B34" s="100"/>
       <c r="C34" s="30"/>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="30"/>
       <c r="B35" s="100"/>
       <c r="C35" s="30"/>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="30"/>
       <c r="B36" s="100"/>
       <c r="C36" s="30"/>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="30"/>
       <c r="B37" s="100"/>
       <c r="C37" s="30"/>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="30"/>
       <c r="B38" s="100"/>
       <c r="C38" s="30"/>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="30"/>
       <c r="B39" s="100"/>
       <c r="C39" s="30"/>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B40" s="17"/>
       <c r="C40" s="30"/>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>67</v>
       </c>
       <c r="B41" s="138">
         <f>B12</f>
         <v>0</v>
       </c>
       <c r="C41" s="30"/>
     </row>
-    <row r="42" spans="1:3" s="10" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:3" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A42" s="31" t="s">
         <v>68</v>
       </c>
       <c r="B42" s="102">
         <f>SUM(B10:B40)-B41</f>
         <v>0</v>
       </c>
       <c r="C42" s="57"/>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="32" t="s">
-        <v>69</v>
+        <v>179</v>
       </c>
       <c r="B43" s="99">
-        <f>(B42-B24)*0.1</f>
+        <f>(B42-B24)*0.15</f>
         <v>0</v>
       </c>
       <c r="C43" s="30"/>
     </row>
-    <row r="44" spans="1:3" ht="14" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:3" ht="15" x14ac:dyDescent="0.25">
       <c r="A44" s="33" t="s">
         <v>12</v>
       </c>
       <c r="B44" s="103">
         <f>B42+B43</f>
         <v>0</v>
       </c>
       <c r="C44" s="30"/>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="104"/>
       <c r="B45" s="17"/>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="149" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B46" s="149"/>
       <c r="C46" s="149"/>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="149"/>
       <c r="B47" s="149"/>
       <c r="C47" s="149"/>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="149"/>
       <c r="B48" s="149"/>
       <c r="C48" s="149"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="CO8RLGVA6NXQ4S5LmWLYEfGlnX6NBGeM9csWFuOKdf7JybGkoU8083cFiaP04TwJz+ep69ftOCKDcU6FkNDttg==" saltValue="8kkt5Q07st4cWZXBxPH8kw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A46:C48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3AFFD0C1-173D-49E3-A0E5-FD70BDD6E487}">
   <dimension ref="A1:H31"/>
   <sheetViews>
     <sheetView view="pageLayout" topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="28.1796875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.54296875" customWidth="1"/>
+    <col min="1" max="1" width="28.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="25.85546875" customWidth="1"/>
+    <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
-    <col min="8" max="8" width="10.26953125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" s="1" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:8" s="1" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="26" t="s">
+        <v>69</v>
+      </c>
+      <c r="C1" s="26" t="s">
         <v>70</v>
       </c>
-      <c r="C1" s="26" t="s">
+      <c r="D1" s="26" t="s">
         <v>71</v>
       </c>
-      <c r="D1" s="26" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" t="str">
         <f>Expenses!A10</f>
         <v>Total Salary &amp; Wage</v>
       </c>
       <c r="B2" s="48">
         <f>Expenses!B10</f>
         <v>0</v>
       </c>
       <c r="C2" s="51">
         <f>B2</f>
         <v>0</v>
       </c>
       <c r="D2" s="52">
         <f t="shared" ref="D2:D28" si="0">B2-C2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" t="str">
         <f>Expenses!A12</f>
         <v xml:space="preserve">Volunteer Expense </v>
       </c>
       <c r="B3" s="48">
         <f>Expenses!B12</f>
         <v>0</v>
       </c>
       <c r="C3" s="51">
         <f t="shared" ref="C3:C28" si="1">B3</f>
         <v>0</v>
       </c>
       <c r="D3" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" t="str" cm="1">
         <f t="array" ref="A4:B4">Expenses!A15:B15</f>
         <v>Advertising &amp; Public Relations</v>
       </c>
       <c r="B4" s="48">
         <v>0</v>
       </c>
       <c r="C4" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D4" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" t="str" cm="1">
         <f t="array" ref="A5:B5">Expenses!A16:B16</f>
         <v>Audit Costs</v>
       </c>
       <c r="B5" s="48">
         <v>0</v>
       </c>
       <c r="C5" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D5" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" t="str" cm="1">
         <f t="array" ref="A6:B6">Expenses!A17:B17</f>
         <v>Communications</v>
       </c>
       <c r="B6" s="48">
         <v>0</v>
       </c>
       <c r="C6" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D6" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A7" t="str" cm="1">
         <f t="array" ref="A7:B7">Expenses!A18:B18</f>
         <v>Conferences &amp; Training</v>
       </c>
       <c r="B7" s="48">
         <v>0</v>
       </c>
       <c r="C7" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D7" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" t="str" cm="1">
         <f t="array" ref="A8:B8">Expenses!A19:B19</f>
         <v>Equipment</v>
       </c>
       <c r="B8" s="48">
         <v>0</v>
       </c>
       <c r="C8" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D8" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H8" s="48"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A9" t="str" cm="1">
         <f t="array" ref="A9:B9">Expenses!A20:B20</f>
         <v xml:space="preserve">Insurance </v>
       </c>
       <c r="B9" s="48">
         <v>0</v>
       </c>
       <c r="C9" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D9" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" t="str" cm="1">
         <f t="array" ref="A10:B10">Expenses!A21:B21</f>
         <v>Membership &amp; Subscriptions</v>
       </c>
       <c r="B10" s="48">
         <v>0</v>
       </c>
       <c r="C10" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D10" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A11" t="str" cm="1">
         <f t="array" ref="A11:B11">Expenses!A22:B22</f>
         <v>Publications &amp; Printing</v>
       </c>
       <c r="B11" s="48">
         <v>0</v>
       </c>
       <c r="C11" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D11" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" t="str" cm="1">
         <f t="array" ref="A12:B12">Expenses!A23:B23</f>
         <v>Recruitment costs</v>
       </c>
       <c r="B12" s="48">
         <v>0</v>
       </c>
       <c r="C12" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D12" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A13" t="str" cm="1">
         <f t="array" ref="A13:B13">Expenses!A24:B24</f>
         <v>Rent</v>
       </c>
       <c r="B13" s="48">
         <v>0</v>
       </c>
       <c r="C13" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D13" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" t="str" cm="1">
         <f t="array" ref="A14:B14">Expenses!A25:B25</f>
         <v>Supplies &amp; Materials</v>
       </c>
       <c r="B14" s="48">
         <v>0</v>
       </c>
       <c r="C14" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D14" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" t="str" cm="1">
         <f t="array" ref="A15:B15">Expenses!A26:B26</f>
         <v>Travel</v>
       </c>
       <c r="B15" s="48">
         <v>0</v>
       </c>
       <c r="C15" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D15" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" t="str" cm="1">
         <f t="array" ref="A16:B16">Expenses!A27:B27</f>
         <v>Utilities</v>
       </c>
       <c r="B16" s="48">
         <v>0</v>
       </c>
       <c r="C16" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D16" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A17" t="str" cm="1">
         <f t="array" ref="A17:B17">Expenses!A28:B28</f>
         <v>Other  (Itemize below)</v>
       </c>
       <c r="B17" s="48">
         <v>0</v>
       </c>
       <c r="C17" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D17" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" cm="1">
         <f t="array" ref="A18:B18">Expenses!A29:B29</f>
         <v>0</v>
       </c>
       <c r="B18" s="48">
         <v>0</v>
       </c>
       <c r="C18" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D18" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" cm="1">
         <f t="array" ref="A19:B19">Expenses!A30:B30</f>
         <v>0</v>
       </c>
       <c r="B19" s="48">
         <v>0</v>
       </c>
       <c r="C19" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D19" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" cm="1">
         <f t="array" ref="A20:B20">Expenses!A31:B31</f>
         <v>0</v>
       </c>
       <c r="B20" s="48">
         <v>0</v>
       </c>
       <c r="C20" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D20" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" cm="1">
         <f t="array" ref="A21:B21">Expenses!A32:B32</f>
         <v>0</v>
       </c>
       <c r="B21" s="48">
         <v>0</v>
       </c>
       <c r="C21" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D21" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" cm="1">
         <f t="array" ref="A22:B22">Expenses!A33:B33</f>
         <v>0</v>
       </c>
       <c r="B22" s="48">
         <v>0</v>
       </c>
       <c r="C22" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D22" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" cm="1">
         <f t="array" ref="A23:B23">Expenses!A34:B34</f>
         <v>0</v>
       </c>
       <c r="B23" s="48">
         <v>0</v>
       </c>
       <c r="C23" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D23" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24" cm="1">
         <f t="array" ref="A24:B24">Expenses!A35:B35</f>
         <v>0</v>
       </c>
       <c r="B24" s="48">
         <v>0</v>
       </c>
       <c r="C24" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D24" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25" cm="1">
         <f t="array" ref="A25:B25">Expenses!A36:B36</f>
         <v>0</v>
       </c>
       <c r="B25" s="48">
         <v>0</v>
       </c>
       <c r="C25" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D25" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A26" cm="1">
         <f t="array" ref="A26:B26">Expenses!A37:B37</f>
         <v>0</v>
       </c>
       <c r="B26" s="48">
         <v>0</v>
       </c>
       <c r="C26" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D26" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A27" cm="1">
         <f t="array" ref="A27:B27">Expenses!A38:B38</f>
         <v>0</v>
       </c>
       <c r="B27" s="48">
         <v>0</v>
       </c>
       <c r="C27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D27" s="52">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B28" s="49">
         <f>Expenses!B43</f>
         <v>0</v>
       </c>
       <c r="C28" s="53">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="D28" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:4" s="28" customFormat="1" ht="14" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:4" s="28" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="A29" s="28" t="s">
         <v>12</v>
       </c>
       <c r="B29" s="50">
         <f>SUM(B2:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="29">
         <f>IF(B29&gt;50000,50000,SUM(C2:C28))</f>
         <v>0</v>
       </c>
       <c r="D29" s="93"/>
     </row>
-    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="C30" s="18"/>
     </row>
-    <row r="31" spans="1:4" s="10" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:4" s="10" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C31" s="27"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="V51eUKiMPbezHp6iR+SnfDCfUBKxmPjpkoZaDa71Obx6hBrauXrmyZo9VVq+/pOzJD135Ong0D39c1tF+XQvXQ==" saltValue="q8f4zkdGTs9iZJKxwTQJpw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5D5647C-3C77-499A-A66A-D16A2EA57175}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E23" sqref="E23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="20.81640625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="24.1796875" customWidth="1"/>
+    <col min="1" max="1" width="20.85546875" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" customWidth="1"/>
+    <col min="3" max="3" width="21.85546875" customWidth="1"/>
+    <col min="4" max="4" width="24.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" s="26" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:4" s="26" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="107" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B1" s="108">
         <f>Summary!D29</f>
         <v>0</v>
       </c>
-      <c r="C1" s="161"/>
-[...3 lines deleted...]
-      <c r="A2" s="169" t="s">
+      <c r="C1" s="156"/>
+      <c r="D1" s="157"/>
+    </row>
+    <row r="2" spans="1:4" ht="78" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="166" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" s="167"/>
+      <c r="C2" s="167"/>
+      <c r="D2" s="168"/>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A3" s="109" t="s">
         <v>74</v>
       </c>
-      <c r="B2" s="170"/>
-[...4 lines deleted...]
-      <c r="A3" s="109" t="s">
+      <c r="B3" s="110" t="s">
         <v>75</v>
       </c>
-      <c r="B3" s="110" t="s">
+      <c r="C3" s="170" t="s">
         <v>76</v>
       </c>
-      <c r="C3" s="153" t="s">
-[...4 lines deleted...]
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="D3" s="171"/>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="111"/>
       <c r="B4" s="112"/>
-      <c r="C4" s="151"/>
-[...2 lines deleted...]
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C4" s="162"/>
+      <c r="D4" s="163"/>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="113"/>
       <c r="B5" s="112"/>
-      <c r="C5" s="151"/>
-[...2 lines deleted...]
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C5" s="162"/>
+      <c r="D5" s="163"/>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="113"/>
       <c r="B6" s="112"/>
-      <c r="C6" s="151"/>
-[...2 lines deleted...]
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C6" s="162"/>
+      <c r="D6" s="163"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" s="113"/>
       <c r="B7" s="112"/>
-      <c r="C7" s="151"/>
-[...2 lines deleted...]
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C7" s="162"/>
+      <c r="D7" s="163"/>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" s="113"/>
       <c r="B8" s="112"/>
-      <c r="C8" s="151"/>
-[...2 lines deleted...]
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C8" s="162"/>
+      <c r="D8" s="163"/>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A9" s="113"/>
       <c r="B9" s="112"/>
-      <c r="C9" s="151"/>
-[...2 lines deleted...]
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C9" s="162"/>
+      <c r="D9" s="163"/>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" s="113"/>
       <c r="B10" s="112"/>
-      <c r="C10" s="151"/>
-[...2 lines deleted...]
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C10" s="162"/>
+      <c r="D10" s="163"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" s="113"/>
       <c r="B11" s="112"/>
-      <c r="C11" s="151"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C11" s="162"/>
+      <c r="D11" s="163"/>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" s="114"/>
       <c r="B12" s="115"/>
-      <c r="C12" s="151"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="C12" s="162"/>
+      <c r="D12" s="163"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" s="114"/>
       <c r="B13" s="115"/>
-      <c r="C13" s="151"/>
-[...2 lines deleted...]
-    <row r="14" spans="1:4" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C13" s="162"/>
+      <c r="D13" s="163"/>
+    </row>
+    <row r="14" spans="1:4" ht="12.75" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="113">
         <f>SUM(A4:A13)</f>
         <v>0</v>
       </c>
       <c r="B14" s="112">
         <f>SUM(B4:B13)</f>
         <v>0</v>
       </c>
-      <c r="C14" s="151" t="s">
-[...4 lines deleted...]
-    <row r="15" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="C14" s="162" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" s="163"/>
+    </row>
+    <row r="15" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="116"/>
       <c r="B15" s="117">
         <f>SUM(A14+B14)</f>
         <v>0</v>
       </c>
-      <c r="C15" s="167" t="s">
-[...4 lines deleted...]
-    <row r="16" spans="1:4" ht="13" x14ac:dyDescent="0.3">
+      <c r="C15" s="164" t="s">
+        <v>78</v>
+      </c>
+      <c r="D15" s="165"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A16" s="115"/>
       <c r="B16" s="118"/>
       <c r="C16" s="119"/>
       <c r="D16" s="119"/>
     </row>
-    <row r="17" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A17" s="115"/>
       <c r="B17" s="118"/>
       <c r="C17" s="119"/>
       <c r="D17" s="119"/>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A18" s="67"/>
-      <c r="B18" s="165" t="s">
+      <c r="B18" s="160" t="s">
+        <v>79</v>
+      </c>
+      <c r="C18" s="160"/>
+      <c r="D18" s="161"/>
+    </row>
+    <row r="19" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="66" t="s">
         <v>80</v>
       </c>
-      <c r="C18" s="165"/>
-[...3 lines deleted...]
-      <c r="A19" s="66" t="s">
+      <c r="B19" s="26" t="s">
         <v>81</v>
       </c>
-      <c r="B19" s="26" t="s">
+      <c r="C19" s="26" t="s">
         <v>82</v>
       </c>
-      <c r="C19" s="26" t="s">
+      <c r="D19" s="68" t="s">
         <v>83</v>
       </c>
-      <c r="D19" s="68" t="s">
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A20" s="169" t="s">
         <v>84</v>
       </c>
-    </row>
-[...14 lines deleted...]
-    <row r="22" spans="1:4" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="158"/>
+      <c r="C20" s="158"/>
+      <c r="D20" s="159"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="A21" s="169"/>
+      <c r="B21" s="158"/>
+      <c r="C21" s="158"/>
+      <c r="D21" s="159"/>
+    </row>
+    <row r="22" spans="1:4" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="69"/>
       <c r="B22" s="70"/>
       <c r="C22" s="70"/>
       <c r="D22" s="71"/>
     </row>
-    <row r="23" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="69" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B23" s="79"/>
       <c r="C23" s="79"/>
       <c r="D23" s="78"/>
     </row>
-    <row r="24" spans="1:4" ht="4.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:4" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="69"/>
       <c r="B24" s="74"/>
       <c r="C24" s="74"/>
       <c r="D24" s="75"/>
     </row>
-    <row r="25" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="69" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B25" s="76"/>
       <c r="C25" s="76"/>
       <c r="D25" s="77"/>
     </row>
-    <row r="26" spans="1:4" ht="3.65" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:4" ht="3.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="69"/>
       <c r="B26" s="70"/>
       <c r="C26" s="70"/>
       <c r="D26" s="71"/>
     </row>
-    <row r="27" spans="1:4" ht="30.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:4" ht="30.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A27" s="86" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B27" s="72">
         <f>IF(B23,($A28*B25)/B23,0)</f>
         <v>0</v>
       </c>
       <c r="C27" s="72">
         <f t="shared" ref="C27:D27" si="0">IF(C23,($A28*C25)/C23,0)</f>
         <v>0</v>
       </c>
       <c r="D27" s="73">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:4" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="65">
         <f>Summary!C29+Summary!D29</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:4" ht="28.5" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:4" ht="30.75" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A29" s="86" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B29" s="72">
         <f>IF(B25,($A30*B25)/B23,0)</f>
         <v>0</v>
       </c>
       <c r="C29" s="72">
         <f>IF(C25,($A30*C25)/C23,0)</f>
         <v>0</v>
       </c>
       <c r="D29" s="72">
         <f>IF(D25,($A30*D25)/D23,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:4" hidden="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:4" hidden="1" x14ac:dyDescent="0.2">
       <c r="A30" s="65">
         <f>Summary!C29</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:4" ht="13" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A31" s="64"/>
     </row>
-    <row r="32" spans="1:4" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:4" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A32" s="80" t="s">
+        <v>89</v>
+      </c>
+      <c r="B32" s="150"/>
+      <c r="C32" s="151"/>
+      <c r="D32" s="152"/>
+    </row>
+    <row r="33" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="80"/>
+    </row>
+    <row r="34" spans="1:4" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="80" t="s">
         <v>90</v>
       </c>
-      <c r="B32" s="155"/>
-[...7 lines deleted...]
-      <c r="A34" s="80" t="s">
+      <c r="B34" s="153"/>
+      <c r="C34" s="154"/>
+      <c r="D34" s="155"/>
+    </row>
+    <row r="35" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="80"/>
+    </row>
+    <row r="36" spans="1:4" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="80" t="s">
         <v>91</v>
-      </c>
-[...9 lines deleted...]
-        <v>92</v>
       </c>
       <c r="B36" s="90"/>
       <c r="C36" s="81" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D36" s="91"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Vwo3SggSffn7Zg1gCETyu0ArgCJiot4AAXLFQ9B3nz7ZPqO7WZEb3/RcQDmHeThCEKQwnA8E5DwZzZIYktDc9A==" saltValue="NAXEkt4oVw+ySDkLhd7mAg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="22">
+    <mergeCell ref="A20:A21"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="C6:D6"/>
     <mergeCell ref="B32:D32"/>
     <mergeCell ref="B34:D34"/>
     <mergeCell ref="C1:D1"/>
     <mergeCell ref="B20:B21"/>
     <mergeCell ref="C20:C21"/>
     <mergeCell ref="D20:D21"/>
     <mergeCell ref="B18:D18"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C10:D10"/>
-    <mergeCell ref="A20:A21"/>
-[...4 lines deleted...]
-    <mergeCell ref="C6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup fitToWidth="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;A</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="B15" unlockedFormula="1"/>
   </ignoredErrors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{89310413-5ACF-40DC-8707-353E41914156}">
           <x14:formula1>
             <xm:f>'Drop Down Box Lists'!$A$3:$A$46</xm:f>
           </x14:formula1>
           <xm:sqref>B26:D26 B24:D24 B22:D22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{B337C2C6-3CE9-4E4D-AE97-E4694C8F9481}">
           <x14:formula1>
             <xm:f>'Drop Down Box Lists'!$C$3:$C$10</xm:f>
           </x14:formula1>
           <xm:sqref>B20:D21</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12183760-9B1B-4210-854B-FBBC29046881}">
   <dimension ref="A1:K26"/>
   <sheetViews>
     <sheetView zoomScale="96" zoomScaleNormal="96" workbookViewId="0">
       <selection activeCell="G18" sqref="G18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="18.453125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="11" width="25.453125" customWidth="1"/>
+    <col min="1" max="1" width="18.42578125" customWidth="1"/>
+    <col min="2" max="2" width="16.5703125" customWidth="1"/>
+    <col min="3" max="3" width="20.85546875" customWidth="1"/>
+    <col min="4" max="4" width="28.7109375" customWidth="1"/>
+    <col min="5" max="5" width="26.140625" customWidth="1"/>
+    <col min="7" max="7" width="28.5703125" customWidth="1"/>
+    <col min="8" max="8" width="25.28515625" customWidth="1"/>
+    <col min="10" max="10" width="30.42578125" customWidth="1"/>
+    <col min="11" max="11" width="25.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="70" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:11" s="70" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="126" t="s">
+        <v>93</v>
+      </c>
+      <c r="B1" s="127" t="s">
         <v>94</v>
       </c>
-      <c r="B1" s="127" t="s">
+      <c r="C1" s="127" t="s">
         <v>95</v>
       </c>
-      <c r="C1" s="127" t="s">
+      <c r="D1" s="22" t="s">
         <v>96</v>
       </c>
-      <c r="D1" s="22" t="s">
+      <c r="E1" s="22" t="s">
         <v>97</v>
       </c>
-      <c r="E1" s="22" t="s">
+      <c r="G1" s="22" t="s">
         <v>98</v>
       </c>
-      <c r="G1" s="22" t="s">
+      <c r="H1" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="J1" s="22" t="s">
         <v>99</v>
       </c>
-      <c r="H1" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K1" s="22" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:11" ht="33.65" customHeight="1" x14ac:dyDescent="0.25">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="33.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C2" s="123" t="e">
         <f>B2/A2</f>
         <v>#DIV/0!</v>
       </c>
       <c r="E2" s="123" t="e">
         <f>D2*C2</f>
         <v>#DIV/0!</v>
       </c>
       <c r="H2" s="123" t="e">
         <f>G2*C2</f>
         <v>#DIV/0!</v>
       </c>
       <c r="K2" s="123" t="e">
         <f>J2*C2</f>
         <v>#DIV/0!</v>
       </c>
     </row>
-    <row r="3" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A3" s="124"/>
       <c r="B3" s="124"/>
       <c r="C3" s="124"/>
     </row>
-    <row r="4" spans="1:11" s="70" customFormat="1" ht="29.15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:11" s="70" customFormat="1" ht="29.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="125"/>
       <c r="B4" s="125"/>
       <c r="C4" s="125"/>
       <c r="D4" s="22" t="s">
+        <v>100</v>
+      </c>
+      <c r="E4" s="22" t="s">
         <v>101</v>
       </c>
-      <c r="E4" s="22" t="s">
+      <c r="G4" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="G4" s="22" t="s">
+      <c r="H4" s="22" t="s">
+        <v>101</v>
+      </c>
+      <c r="J4" s="22" t="s">
         <v>103</v>
       </c>
-      <c r="H4" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K4" s="22" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:11" ht="35.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="35.450000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="124"/>
       <c r="B5" s="124"/>
       <c r="C5" s="124"/>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A6" s="124"/>
       <c r="B6" s="124"/>
       <c r="C6" s="124"/>
       <c r="D6" s="124"/>
       <c r="E6" s="124"/>
       <c r="F6" s="124"/>
       <c r="G6" s="124"/>
       <c r="H6" s="124"/>
       <c r="I6" s="124"/>
       <c r="J6" s="124"/>
       <c r="K6" s="124"/>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A7" s="124"/>
       <c r="B7" s="124"/>
       <c r="C7" s="124"/>
       <c r="D7" s="124"/>
       <c r="E7" s="124"/>
       <c r="F7" s="124"/>
       <c r="G7" s="124"/>
       <c r="H7" s="124"/>
       <c r="I7" s="124"/>
       <c r="J7" s="124"/>
       <c r="K7" s="124"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A8" s="124"/>
       <c r="B8" s="124"/>
       <c r="C8" s="124"/>
       <c r="D8" s="124"/>
       <c r="E8" s="124"/>
       <c r="F8" s="124"/>
       <c r="G8" s="124"/>
       <c r="H8" s="124"/>
       <c r="I8" s="124"/>
       <c r="J8" s="124"/>
       <c r="K8" s="124"/>
     </row>
-    <row r="10" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="121" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="121" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="11" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="121" t="s">
+    <row r="12" spans="1:11" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A12" s="121"/>
+    </row>
+    <row r="13" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A13" s="2" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="12" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="A13" s="2" t="s">
+    <row r="14" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A14" s="2" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="14" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A14" s="2" t="s">
+    <row r="15" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A15" s="2" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="15" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A15" s="2" t="s">
+    <row r="16" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A16" s="2" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="16" spans="1:11" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A16" s="2" t="s">
+    <row r="17" spans="1:6" ht="15" x14ac:dyDescent="0.2">
+      <c r="A17" s="2"/>
+    </row>
+    <row r="18" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="121" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="A18" s="121" t="s">
+    <row r="19" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="121" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A19" s="121" t="s">
+    <row r="21" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A21" s="121" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="15.5" x14ac:dyDescent="0.35">
-      <c r="A21" s="121" t="s">
+    <row r="22" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="121" t="s">
         <v>113</v>
-      </c>
-[...3 lines deleted...]
-        <v>114</v>
       </c>
       <c r="B22" s="121"/>
       <c r="C22" s="121"/>
       <c r="D22" s="121"/>
       <c r="E22" s="121"/>
       <c r="F22" s="121"/>
     </row>
-    <row r="23" spans="1:6" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="24" spans="1:6" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="24" spans="1:6" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A24" s="80" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B24" s="172"/>
       <c r="C24" s="173"/>
       <c r="D24" s="174"/>
     </row>
-    <row r="25" spans="1:6" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:6" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="80" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B25" s="122"/>
     </row>
-    <row r="26" spans="1:6" ht="13" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="1:6" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B24:D24"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC0F0683-9991-4CBC-9CA6-01A070AD0F8C}">
   <dimension ref="A2:E67"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C16" sqref="C16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="33.26953125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="33.26953125" customWidth="1"/>
+    <col min="1" max="1" width="33.28515625" customWidth="1"/>
+    <col min="2" max="2" width="2.85546875" customWidth="1"/>
+    <col min="3" max="3" width="32.85546875" customWidth="1"/>
+    <col min="4" max="4" width="3.42578125" customWidth="1"/>
+    <col min="5" max="5" width="33.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:5" s="92" customFormat="1" ht="13" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" s="92" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A2" s="92" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" s="92" t="s">
         <v>116</v>
       </c>
-      <c r="C2" s="92" t="s">
+      <c r="E2" s="92" t="s">
         <v>117</v>
       </c>
-      <c r="E2" s="92" t="s">
+    </row>
+    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A3" s="3"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
         <v>118</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="C4" t="s">
         <v>119</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>120</v>
       </c>
-      <c r="E4" t="s">
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A5" s="3" t="s">
         <v>121</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="3" t="s">
+      <c r="C5" t="s">
         <v>122</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>123</v>
       </c>
-      <c r="E5" t="s">
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A6" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C6" t="s">
         <v>124</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>125</v>
       </c>
-      <c r="E6" t="s">
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
         <v>126</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="3" t="s">
+      <c r="C7" t="s">
         <v>127</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>128</v>
       </c>
-      <c r="E7" t="s">
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
         <v>129</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="3" t="s">
+      <c r="C8" t="s">
         <v>130</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="E8" t="s">
+      <c r="C9" t="s">
+        <v>132</v>
+      </c>
+      <c r="E9" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C10" t="s">
+        <v>135</v>
+      </c>
+      <c r="E10" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E11" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="E12" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="E13" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="E14" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A19" s="3" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A20" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A21" s="3" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A9" s="3" t="s">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A22" s="3" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="23" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A23" s="3" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A24" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="25" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A25" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="26" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A26" s="3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="27" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A27" s="3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="28" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A28" s="3" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="29" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A29" s="3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="30" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A30" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="31" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A31" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="C9" t="s">
-[...13 lines deleted...]
-      <c r="E10" t="s">
+    </row>
+    <row r="32" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A32" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A33" s="3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A34" s="3" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="A12" s="3" t="s">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
         <v>139</v>
       </c>
-      <c r="E12" t="s">
-[...110 lines deleted...]
-      <c r="A33" s="3" t="s">
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="A36" t="s">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A37" s="3" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A37" s="3" t="s">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A38" s="3" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A38" s="3" t="s">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A39" s="3" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A39" s="3" t="s">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A40" s="3" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A40" s="3" t="s">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A41" s="3" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A41" s="3" t="s">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A42" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A42" t="s">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A43" s="3" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A43" s="3" t="s">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A44" s="3" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A44" s="3" t="s">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A45" s="3" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A45" s="3" t="s">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A46" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A46" t="s">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A61" s="3" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A61" s="3" t="s">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A62" s="3" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A62" s="3" t="s">
+    <row r="63" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A63" s="3" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="63" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A63" s="3" t="s">
+    <row r="64" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A64" s="3" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="64" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A64" s="3" t="s">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A65" s="3" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A65" s="3" t="s">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A66" s="3" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="66" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A66" s="3" t="s">
+    <row r="67" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A67" s="3" t="s">
         <v>176</v>
-      </c>
-[...3 lines deleted...]
-        <v>177</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:A50">
     <sortCondition ref="A4"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F8D9BE7E520FCA458755AFB27B5B2BCC" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e943a4990ce1ac8a47242b584cf3871b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="251e0c65-6626-4da3-bc71-ba3e8fa10df5" xmlns:ns3="27f11dd3-46b9-40b3-b836-159c681784be" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9f885bb12501108d9bad928252c0c9b3" ns2:_="" ns3:_="">
     <xsd:import namespace="251e0c65-6626-4da3-bc71-ba3e8fa10df5"/>
     <xsd:import namespace="27f11dd3-46b9-40b3-b836-159c681784be"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -6570,85 +6558,96 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="251e0c65-6626-4da3-bc71-ba3e8fa10df5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="27f11dd3-46b9-40b3-b836-159c681784be" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91000512-D5E1-4999-A896-D8C0A4A7A803}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{683BE36D-6167-47D6-9FBD-40D4D9B7483E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="251e0c65-6626-4da3-bc71-ba3e8fa10df5"/>
     <ds:schemaRef ds:uri="27f11dd3-46b9-40b3-b836-159c681784be"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91000512-D5E1-4999-A896-D8C0A4A7A803}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="251e0c65-6626-4da3-bc71-ba3e8fa10df5"/>
+    <ds:schemaRef ds:uri="27f11dd3-46b9-40b3-b836-159c681784be"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C89DBF94-F60D-42E5-AB2B-D3208673A4C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>